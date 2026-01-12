--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1616" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2320" uniqueCount="1122">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1270,50 +1270,263 @@
     <t>2904</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2904/npr_293-2025_pde_852025_de_interes_educativo_de_la_guia_ema..pdf</t>
   </si>
   <si>
     <t>NPr 293-2025 PDE 85/2025 de Interés Educativo de la Guía Ema, presentado por los parlamentarios Karolina Bobadilla, Gustavo Arrieta, Victoria Donda, Alejandra Más, Gabriel Fuks, el 051025. COM. DE EDUCACIÓN.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Brasil - COSTA, Humberto</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2905/npr_294-2025_pde_862025_homenaje_al_embajador_guimaraes.pdf</t>
   </si>
   <si>
     <t>NPr 294-2025 PDE 86/2025 Homenaje al embajador Samuel Pinheiro Guimarães, presentado por el parlamentario Humberto Costa, el 061025. COM. DE EDUCACION.</t>
+  </si>
+  <si>
+    <t>2922</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Argentina - SOTOMAYOR, Matías Jorge Carlos, Argentina - ARRIETA, Gustavo Héctor</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2922/npr_315-2025_pde_872025_pdecl._dee_apoyo_al_proyecto_cart_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 315-2025 PDE 87/2025 PDecl. "De Apoyo al Proyecto CART" del 161025, presentado por los parlamentarios Matías Sotomayor, Gustavo Arrieta. Se gira a la CEDU.</t>
+  </si>
+  <si>
+    <t>2929</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - BOBADILLA, Karolina, Argentina - BRANDA, Ricardo Alberto, Argentina - DEANES, Alejandro Martin, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FERNÁNDEZ, Luis Mariano, Argentina - MÁS, María Alejandra, Argentina - SARRUFF VALLEJO, Yamil David, Argentina - SIMONE, Nicolás, Argentina - TABORDA, Yesica Anabela</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2929/npr_322-2025_pde_882025_pdecl._22repudio_a_la_injerencia_de_los_ee._uu._en_los_asuntos_internos_de_la_rca._argentina_del_201025.pdf</t>
+  </si>
+  <si>
+    <t>NPr 322-2025 PDE 88/2024 del 201025 PDecl. EDe Repudio a la Injerencia de Estados Unidos en los Asuntos Internos de la República Argentina" presentado por los parlamentarios Gustavo Arrieta, Karolina Bobadilla, Marina Femenía, Victoria Donda, Yamil Sarruff, Yesica Taborda, Alejandra Más, Mariano Fernández, Alejandro Deanes, Ricardo Branda, Matías Sotomayor. A LA COM. AS. INTERNACIONALES</t>
+  </si>
+  <si>
+    <t>2930</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - BOBADILLA, Karolina, Argentina - BRANDA, Ricardo Alberto, Argentina - DEANES, Alejandro Martin, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FERNÁNDEZ, Luis Mariano, Argentina - MÁS, María Alejandra, Argentina - SARRUFF VALLEJO, Yamil David, Argentina - SOTOMAYOR, Matías Jorge Carlos, Argentina - TABORDA, Yesica Anabela</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2930/npr_323-2025_pde_892025_del_201025pdecl._22de_interes_regional_para_el_mercosur_el_desarrollo_nuclear_argentino22_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 323-2025 PDE 89/2025 del 201025 PDecl. "De interés regional para el MERCOSUR el desarrollo nuclear argentino", presentado por los parlamentarios Gustavo Arrieta, Karolina Bobadilla, Marina Femenía, Victoria Donda, Yamil Sarruff, Yesica Taborda, Alejandra Más, Mariano Fernández, Alejandro Deanes, Ricardo Branda, Matías Sotomayor. COM. DE INFRAESTRUCTURA.</t>
+  </si>
+  <si>
+    <t>2959</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Argentina - BITTEL, Raúl German, Argentina - TABORDA, Yesica Anabela</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2959/npr_352-2025_pde_902025_pdecl._del_061125_22interes_del_pm_la_jornada_universitaria_malvinas_nos_unne22._soberania_y_memoria22_presentado_por_los_parlamentarios_raul_bittel_yesica_taborda..pdf</t>
+  </si>
+  <si>
+    <t>NPr 352-2025 PDE 90/2025 PDecl. del 061125 "Interés del PM la Jornada Universitaria “Malvinas nos UNNE". Soberanía y Memoria" presentado por los parlamentarios Raúl Bittel, Yesica Taborda. CEDU</t>
+  </si>
+  <si>
+    <t>2960</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2960/npr_356-2025_pde_912025_pdecl_de_fecha_071125_22de_interes_del_libro_mundializar_la_igualdad._politica_exterior_feminista_desde_america_latina2222.pdf</t>
+  </si>
+  <si>
+    <t>NPr 356-2025 PDE 91/2025 PDecl presentado de el 071125 "De Interés del Libro “Mundializar la igualdad. Política exterior feminista desde América Latina"", por la parlamentaria Marina Femenía.</t>
+  </si>
+  <si>
+    <t>2962</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Argentina - SOTOMAYOR, Matías Jorge Carlos, Argentina - BOBADILLA, Karolina, Argentina - BRANDA, Ricardo Alberto, Argentina - CÁCERES, José Orlando</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2962/npr_358-2025_pde_922025_pdecl._del_081125_22promocion_de_una_ley_regional_de_etiquetado_frontal_en_el_mercosur22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 358-2025 PDE 92/2025 PDecl. presentado el 081125 "Promoción de una Ley Regional de Etiquetado Frontal en el MERCOSUR", por los parlamentarios Matías Sotomayor, Karolina Bobadilla, José Cáceres, Ricardo Branda. CDRS</t>
+  </si>
+  <si>
+    <t>2963</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>Argentina - PUIG, Lilia, Argentina - INCICCO, Lucas Ciriaco</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2963/npr_359-2025_pde_932025_pdecl._del_101125_22de_interes_el_libro_las_mujeres_y_la_institucionalidad_del_mercosur22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 359-2025 PDE 93/2025 PDecl. Presentada el 101125 "De interés el libro &lt;Las mujeres y la Institucionalidad del Mercosur&gt;", por la parlamentaria Lilia Puig. CEDU</t>
+  </si>
+  <si>
+    <t>2965</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Argentina - SIMONE, Nicolás, Argentina - ANDAHAZI KASNYA, Carlos Federico, Argentina - EIBEN, Rodolfo Guido, Argentina - INCICCO, Lucas Ciriaco, Argentina - MARTÍN, Fabiana Gabriela, Argentina - METAZA, Franco Maximiliano, Argentina - PUIG, Lilia, Argentina - VILLEGAS, Patricio Gabriel</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2965/npr_361-2025_pde_942025_pdecl._del_121125_22beneplacito_por_la_conferencia_de_consenso_para_una_agenda_antimafia_del_mercosur-_cooperacion_transnacional_y_asistencia_tecnica_para_su_fortalecimiento_institucional_del_06112522.pdf</t>
+  </si>
+  <si>
+    <t>NPr 361-2025 PDE 94/2025 PDecl. del 121125 "Beneplácito por la Conferencia de Consenso para una “Agenda Antimafia del MERCOSUR: Cooperación Transnacional y Asistencia Técnica para su Fortalecimiento Institucional del 061125, presentada por el parlamentario Nicolás Simone, Lilia Puig, Lucas Incicco, Federico Andahazi, Fabiana Martín, Franco Metaza. CDEF</t>
+  </si>
+  <si>
+    <t>2971</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2971/npr_367-2025_pde_952025_pdecl_del_141125_22rechazo_a_las_calificaciones_de_narcoterrorismo_impuestas_por_terceros_paises_por_fuera_de_los_estados_parte_del_mercosur22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 367-2025 PDE 95/2025 PDecl del 141125 "Rechazo a las calificaciones de narcoterrorismo impuestas por terceros países por fuera de los Estados Parte del MERCOSUR", presentado por el parlamentario Franco Metaza. CDEF</t>
+  </si>
+  <si>
+    <t>2975</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Argentina - BITTEL, Raúl German, Argentina - SOTOMAYOR, Matías Jorge Carlos</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2975/npr_371-2025_pde_962025_del_171125._pdecl._tributo_al_papa_francisco_por_la_10_anos_de_la_enciclica_laudato_si_presentado_por_los_parlamentarios_raul_bittel_y_matias_sotomayor..pdf</t>
+  </si>
+  <si>
+    <t>NPr 371-2025 PDE 96/2025 del 171125. PDecl. Tributo al Papa Francisco por la 10 años de la Encíclica &lt;Laudato Si&gt;, presentado por los parlamentarios Raúl Bittel y Matías Sotomayor. CDRS</t>
+  </si>
+  <si>
+    <t>2981</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2981/npr_377-2025_pde_972025_pdecl._22zona_libre_de_trafico_de_fauna_silvestre_y_trofeos_de_caza22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 377-2025 PDE 97/2025 PDecl. del 251125 "Zona libre de tráfico de fauna silvestre y trofeos de caza", presentado por el parlamentario Franco Metaza. CDRS</t>
+  </si>
+  <si>
+    <t>2983</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - BOBADILLA, Karolina, Argentina - CÁCERES, José Orlando, Argentina - DEANES, Alejandro Martin, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FUKS, Gabriel Marcelo</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2983/npr_379-2025_pde_982025_pdecl._del_251125_22concurso_de_ensayos_malvinas..._porque_esto_tiene_otra_llave._soberania_identidad_y_territorio.pdf</t>
+  </si>
+  <si>
+    <t>NPr 379-2025 PDE 98/2025 PDecl. del 251125 "Concurso de Ensayos “Malvinas… porque esto tiene otra llave. Soberanía, identidad y territorio”, presentado por los parlamentarios Gustavo Arrieta, Alejandro Deanes, Gabriel Fuks, Victoria Donda, Marina Femenía, Karolina Bobadilla, José Cáceres. CEDU.</t>
+  </si>
+  <si>
+    <t>2990</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2990/npr_386-2025_pde_992025_del_121225_22semana_latinoamericana_de_sensibilizacion_sobre_la_epilepsia_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 386-2025 PDE 99/2025 del 121225 “Semana Latinoamericana de Sensibilización sobre la Epilepsia”, presentado por los parlamentarios Gabriel Fuks, Victoria Donda. CDDHH, CDRS</t>
+  </si>
+  <si>
+    <t>2992</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - ARCIONI, Mariano Ezequiel, Argentina - BITTEL, Raúl German, Argentina - BOBADILLA, Karolina, Argentina - BRANDA, Ricardo Alberto, Argentina - DEANES, Alejandro Martin, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FERNÁNDEZ, Luis Mariano, Argentina - NICOLINI, María Cecilia, Argentina - TABORDA, Yesica Anabela</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2992/npr_388-2025_pde_1002025_pdecl.__22retroceso_en_las_politicas_de_ciencia_y_tecnologia_en_argentina22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 388-2025 PDE 100/2025 PDecl. del 151225"Retroceso en las Políticas de Ciencia y Tecnología en Argentina", presentado por los parlamentarios Gustavo Arrieta, Victoria Donda, Karolina Bobadilla, Cecilia Nicolini, Matías Sotomayor, Alejandro Deanes, Raúl Bittel, Ricardo Branda, Yesica Taborda, Marina Femenía, Mariano Fernández, Mariano Arcioni. CTRANS</t>
+  </si>
+  <si>
+    <t>2993</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - ARCIONI, Mariano Ezequiel, Argentina - BITTEL, Raúl German, Argentina - BOBADILLA, Karolina, Argentina - BRANDA, Ricardo Alberto, Argentina - DEANES, Alejandro Martin, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FERNÁNDEZ, Luis Mariano, Argentina - FUKS, Gabriel Marcelo, Argentina - METAZA, Franco Maximiliano, Argentina - NICOLINI, María Cecilia, Argentina - SOTOMAYOR, Matías Jorge Carlos, Argentina - TABORDA, Yesica Anabela</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2993/npr_389-2025_pde_1012025_pdecl._22en_defensa_de_la_soberania_y_la_no_injerencia_en_america_latina_y_el_caribe22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 389-2025 PDE 101/2025 PDecl. presentado el 151225"En Defensa de la Soberanía y la No Injerencia en América Latina y el Caribe", presentado por los parlamentarios Gustavo Arrieta, Victoria Donda, Karolina Bobadilla, Cecilia Nicolini, Matías Sotomayor, Alejandro Deanes, Raúl Bittel, Ricardo Branda, Yesica Taborda, Marina Femenía, Mariano Arcioni, Franco Metaza, Gabriel Fuks. CINT.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Propuesta de Recomendación</t>
   </si>
   <si>
     <t>Argentina - FUKS, Gabriel Marcelo, Argentina - BITTEL, Raúl German, Argentina - SOTOMAYOR, Matías Jorge Carlos</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2716/npr_47-2025_prec._institucionalizar_la_mediacion_escolar.pdf</t>
   </si>
   <si>
     <t>NPr 47-2025 PRec. Institucionalizar la Mediación Escolar, presentada por el parlamentario Gabriel Fuks, el 050325. COM. EDUCACIÓN.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>Argentina - NICOLINI, María Cecilia</t>
   </si>
@@ -1597,50 +1810,62 @@
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2895/npr_282-2025_pre_232025_impulso_del_diseno_y_desarrollo_de_la_ruta_de_la_yerba_mate_del_mercosur.pdf</t>
   </si>
   <si>
     <t>NPr 282-2025 PRE 23/2025 Impulso del diseño y desarrollo de la Ruta de la Yerba Mate del Mercosur, presentado por la parlamentaria Lilian Samaniego el 011025. COM. DESARROLLO REGIONAL</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2896/npr_283-2025_pre_292025_relacionamiento_de_manera_instituciona_del_programa_parlamento_juvenil_del_mercosur_con_el_pm_.pdf</t>
   </si>
   <si>
     <t>NPr 283-2025 PRE 29/2025 - Relacionamiento de manera institucional del Programa Parlamento Juvenil del Mercosur con el Parlamento del Mercosur, presentado por la parlamentaria Lilian Samaniego, el 011025. COM DE AS. JURÍDICOS, COM. DE PRESUPUESTO Y AS. INTERNOS.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2897/npr_284-2025_pre_302025_creacion_de_la_comision_yerba_mate_en_el_sub-grupo_de_trabajo_n8_22agricultura22_sgt_n_8.pdf</t>
   </si>
   <si>
     <t>NPr 284-2025 PRE 30/2025  Creación de la comisión “Yerba Mate” en el sub-grupo de trabajo N°8 "Agricultura" (SGT N° 8), presentado por la parlamentaria Lilian Samaniego, el 010125. COM. AGRICULTURA</t>
   </si>
   <si>
+    <t>2967</t>
+  </si>
+  <si>
+    <t>URUGUAY_VIERA. Nicolás</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2967/npr_363-2025_pre_312025_prec_del_121125_22acuerdo_sobre_reconocimiento_mutuo_de_medidas_de_proteccion_para_las_mujeres_en_situacion_de_violencia_de_genero_entre_los_estados_partes_del_mercosur_y_estados_asociados22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 363-2025 PRE 31/2025 PRec del 121125 "Acuerdo sobre reconocimiento mutuo de medidas de protección para las mujeres en situación de violencia de género entre los Estados Partes del MERCOSUR y Estados Asociados", presentado por la parlamentaria Tatiana Antúnez. CDDHH</t>
+  </si>
+  <si>
     <t>2715</t>
   </si>
   <si>
     <t>PDI</t>
   </si>
   <si>
     <t>Propuesta de Disposición</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2715/mercosul_pm_disp.__2025_-_que_denomina_o_plenario_do_parlamento_do_mercosul_como_plenario_jose_alberto_pepe_mujica.docx.pdf</t>
   </si>
   <si>
     <t>Denomina o plenário principal do Parlamento do MERCOSUL como “Plenário José Alberto ‘Pepe’ Mujica”, em reconhecimento à sua trajetória política e à sua contribuição para a democracia, a justiça social e a integração regional.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>Mesa Directiva - MD</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2718/npr_50-2025_pdisp_calendario_de_sesiones_2025.pdf</t>
   </si>
   <si>
     <t>NPr 50-2025 PDisp Calendario de Sesiones 2025, presentado y aprobado en la 1MD 170225 BUE</t>
@@ -1693,63 +1918,136 @@
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>Brasil - DE MATTOS, Pompeo</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2871/npr_248-2025_pdi_72025_pdisp._declara_jayme_caetano_braun_e_outos_os_quatro_troncos_missioneiros_como_patronos_da_musica_nativista_no_ambito_do_mercosul.pdf</t>
   </si>
   <si>
     <t>NPr 248-2025 PDI 7/2025 PDisp. Declara Jayme Caetano Braun e outos os Quatro Troncos Missioneiros como Patronos da Música Nativista no âmbito do Mercosul, presentado por el parlamentario Pompeo de Mattos, el 010925. COM. DE EDUCACiÓN.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>Brasil - DE MATTOS, Pompeo, Brasil - BOHN GASS</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2872/npr_249-2025_pdi_82025_pdisp.__pepe_mujica_o_titulo_de_patrono_da_democracia_e_da_integracao_latino-americana_medalla_del_merito_democratico_v2.pdf</t>
   </si>
   <si>
     <t>NPr 249-2025 PDI 8/2025 PDisp. Declarar a Pepe Mujica o título de Patrono da Democracia e da Integração Latino-Americana, Medalla del Mérito Democrático, presentado por el parlamentario Pompeo de Mattos el 010925. COM. DE EDUCACIÓN.</t>
   </si>
   <si>
+    <t>2957</t>
+  </si>
+  <si>
+    <t>Argentina - EIBEN, Rodolfo Guido, Argentina - DEANES, Alejandro Martin, Argentina - FERNÁNDEZ, Luis Mariano, Argentina - FUKS, Gabriel Marcelo, Argentina - INCICCO, Lucas Ciriaco, Argentina - METAZA, Franco Maximiliano, Argentina - PUIG, Lilia, Argentina - SESMA, Laura Judith</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2957/npr_350-2025_pdi_092025_pdisp._presentada_el_041125_22que_el_parlamento_del_mercosur_realice_al_menos_una_sesion_anual_en_la_ciudad_de_cordoba_republica_argentina22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 350-2025 PDI 09/2025 PDisp. presentada el 041125 "Que el Parlamento del MERCOSUR realice al menos una sesión anual en la ciudad de Córdoba, República Argentina", por los parlamentarios  Rodolfo Eiben, Lilia Puig, Alejandro Deanes, Mariano Fernández, Gabriel Fuks, Franco Metaza, Lucas Incicco, Laura Sesma". GIRO A LA CPRESP, CJUR.</t>
+  </si>
+  <si>
+    <t>2961</t>
+  </si>
+  <si>
+    <t>Argentina - SOTOMAYOR, Matías Jorge Carlos, Argentina - FEMENÍA, Marina</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2961/npr_357-2025_pdi_102025_pdisp._presentado_el_081125creacion_de_la_comision_de_juventudes_del_parlamento_del_mercosur_-_ms.pdf</t>
+  </si>
+  <si>
+    <t>NPr 357-2025 PDI 10/2025 PDisp. presentado el 081125 "Creación de la Comisión de Juventudes del Parlamento del MERCOSUR", presentado por los parlamentarios Matías Sotomayor, Marina Femenía. CJUR, CPRESP</t>
+  </si>
+  <si>
+    <t>2984</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2984/npr_380-2025_pdi_112025_pdisp_del_271125_22que_aprueba_el_ciclo_de_seminarios_sobre_el_rol_del_pm_202622.pdf</t>
+  </si>
+  <si>
+    <t>NPr 380-2025 PDI 11/2025 PDisp del 271125 "Que aprueba el Ciclo de Seminarios sobre el Rol del PM 2026"</t>
+  </si>
+  <si>
+    <t>2987</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2987/npr_383-2025_ntc_222025_pdisp._proyecto_focem_sede.pdf</t>
+  </si>
+  <si>
+    <t>NPr 383-2025 NTC 22/2025 PDisp. Proyecto Focem Sede, presentado por el parlamentario Humberto Costa el 121225.</t>
+  </si>
+  <si>
+    <t>2991</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2991/npr_3872025_proceso_de_articulacion_y_trabajo_con_la_comision_intergubernamental_de_la_hidrovia_cih.pdf</t>
+  </si>
+  <si>
+    <t>NPr 387-2025 PDI 13/2025 del 121225 "PROCESO DE ARTICULACIÓN Y TRABAJO CON LA COMISIÓN_x000D_
+INTERGUBERNAMENTAL DE LA HIDROVÍA (CIH)", presentado por el parlamentario Gabriel Fuks. CECO</t>
+  </si>
+  <si>
     <t>2706</t>
   </si>
   <si>
     <t>PPIN</t>
   </si>
   <si>
     <t>Propuesta de Pedido de Informe</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2706/npr_11-2025_pedido_de_informes_al_consejo_del_mercado_comun_cmc_sobre_el_vuelo_militar_britanico_airbus_400m_atlas_detectado_en_el_atlantico_sur.pdf</t>
   </si>
   <si>
     <t>NPr 111-2025 Pedido de informes al Consejo del Mercado Común (CMC) sobre el Vuelo Militar Británico Airbus 400M Atlas detectado en el Atlántico Sur, presentado por los parlamentarios Gustavo Arrieta, Gabriel Fuks, Marina Femenía, Victoria Donda, Raúl Bittel, Matías Sotomayor, Alejandra Más y Alejandro Deanes, el 270124. COM. AS. INTERIORES, SEGURIDAD Y DEFENSA.</t>
+  </si>
+  <si>
+    <t>2978</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2978/npr_374-2025_ppi_022025_ppinf_del_241125_22informacion_actualizada_sobre_asuntos_relativos_al_focem22_presentado_por_el_parl._humberto_costa._.pdf</t>
+  </si>
+  <si>
+    <t>NPr 374-2025 PPI 02/2025 PPInf del 241125 "Información actualizada sobre asuntos relativos al FOCEM", presentado por el Parl. Humberto Costa. CPRESP</t>
+  </si>
+  <si>
+    <t>2982</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor, Argentina - BOBADILLA, Karolina, Argentina - CÁCERES, José Orlando, Argentina - DONDA, Victoria, Argentina - FEMENÍA, Marina, Argentina - FUKS, Gabriel Marcelo, Argentina - METAZA, Franco Maximiliano</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2982/npr_378-2025_ppin_032025_ppinf_del_251125_22al_cmc_sobre_el_acuerdo_marco_en_materia_de_comercio_e_inversiones_entre_la_republica_argentina_y_los_ee._uu.22.pdf</t>
+  </si>
+  <si>
+    <t>NPr 378-2025 PPIN 03/2025 PPInf del 251125 "Al CMC sobre el Acuerdo Marco en Materia de Comercio e Inversiónes entre la República Argentina y los EE. UU.", presentado por los parlamentarios Gustavo Arrieta, Franco Metaza, Gabriel Fuks, Victoria Donda, Marina Femenía, Karolina Bobadilla, José Cáceres. CJUR, CECO</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>INF</t>
   </si>
   <si>
     <t>Informe de Comisión</t>
   </si>
   <si>
     <t>CDEF - Comisión de Asuntos Interiores, Seguridad y Defensa</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2703/npr_3-2025_infcom_12025_0124_cdef_131224_de_varias_propuestas20_para_el_archivo.pdf</t>
   </si>
   <si>
     <t>NPr 3-2025 INFCOM 1/2025 01/24 CDEF 131224 de varias propuestas(20) para el archivo.pdf</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>CPRESP - Comisión de Presupuesto y Asuntos Internos</t>
   </si>
@@ -2342,50 +2640,518 @@
   <si>
     <t>NPr 270-2025 INFCOM 65/2025 CECO 05/150925 del 180925 por la APROBACIÓN del NPr 54-2025 PDE 10/2025  "De interés el fortalecimiento de la gestión y la valoración de residuos orgánicos alimentarios", presentado por los parlamentarios Matías Sotomayor, Ricardo Branda, Raúl Bittel, Victoria Donda, José Cáceres, Alejandra Más, Ana Corradi, Mariano Fernández, Yesica Taborda, Mariano Arcioni, Yamil Sarruff, Gustavo Arrieta, Alejandro Deanes, Franco Metaza, el 090325. Miembro informante: parlamentario Gabriel Fuks.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>CDRS - Comisión de Desarrollo Regional Sustentable,Ordenamiento Territorial, Salud,Medio Ambiente y Turismo</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2906/npr_295-2025_infcom_662025_cdrs_012025_aprobacion_con_modificaciones_del_npr_95-2024_pde_232024.pdf</t>
   </si>
   <si>
     <t>NPr 295-2025 INFCOM 66/2025 CDRS 01/2025 del 071025 por Aprobación con modificaciones del NPr 95-2024 PDE 23/2024. AE 5MD - AE CIV SO</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2907/npr_296-2025_infcom_672025_cdrs_022025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_152025_pde_052025_del_310125.pdf</t>
   </si>
   <si>
     <t>NPr 296-2025 INFCOM 67/2025 CDRS 02/2025 del 071025 POR LA APROBACION CON MODIFICACIONES del NPr 15/2025 PDE 05/2025 del 310125 AE 5MD - AE CIV SO</t>
   </si>
   <si>
+    <t>2909</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2909/npr_301-2025_infcom_682025_cdrs_032025_por_el_archivo_del_npr_372024_pdi_062024_del_040324.pdf</t>
+  </si>
+  <si>
+    <t>NPr 301-2025 INFCOM 68/2025 CDRS 03/2025 por el ARCHIVO del NPr 37/2024 PDI 06/2024 del 040324. AE 5MD AE CIV SO</t>
+  </si>
+  <si>
+    <t>2910</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2910/npr_302-2025_infcom_692025_04cdrs_del_071025_por_la_aprobacion_con_modificaciones_del_npr_406-2023_pre_1062023_del__.pdf</t>
+  </si>
+  <si>
+    <t>NPr 302-2025 INFCOM 69/2025 04/CDRS DEL 071025 POR LA APROBACIÓN CON MODIFICACIONES DEL NPr 406-2023 PRE 106/2023 del 031123 Al CMC para que invite a los Estados Parte y Asociados del MERCOSUR a que, vean la viabilidad de legislar sobre la reducción de las emisiones de gases de efecto invernadero, presentado por la parlamentaria Cecilia Britto. Girado a la Comisión de Desarrollo Regional Sustentable. AE 5 MD AE CIV SO</t>
+  </si>
+  <si>
+    <t>2911</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2911/npr_3032025_infcom_702025_cdrs_052025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_268-2023_pre_062023_del_020823.pdf</t>
+  </si>
+  <si>
+    <t>NPr 303-2025 INFCOM 70/2025 05/CDRS del 071025 por la APROBACIÓN CON MODIFICACIONES del NPr 268-2023 PRE 06/2023 del 020823 por la cual el PM recomienda al CMC que invite a los Estados Partes y a los Miembros asociados a que, vean la viabilidad de legislar sobre un distintivo que reconozca bienes, productos y servicios que minimizan los efectos ambientales en comparación a otros. Girado a la Com. de Desarrollo Regional Sustentable. AE 5 MD AE CIV SO.</t>
+  </si>
+  <si>
+    <t>2912</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2912/npr_304-2025_infcom_712025_06cdrs_del_071025_por_la_aprobacion_con_modificaciones_del_npr_270-2023_pre_082023_del_020823.pdf</t>
+  </si>
+  <si>
+    <t>NPr 304-2025 INFCOM 71/2025 06/CDRS del 071025 por la APROBACIÓN CON MODIFICACIONES del NPr 270-2023 PRE 08/2023 del 020823 PRec. por la cual el PM recomienda al CMC para que invite a los Estados Parte y Asociados del MERCOSUR a que, vean la viabilidad de dictar normas que creen el Voluntariado Ambiental del MERCOSUR. Girado a la Comisión de Desarrollo Regional Sustentable.</t>
+  </si>
+  <si>
+    <t>2913</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2913/npr_305-2025_infcom_722025_07cdrs_por_la_aprobacion_con_modificaciones_del_npr_872023_pde_172023_del_300323.pdf</t>
+  </si>
+  <si>
+    <t>NPr 305-2025 INFCOM 72/2025 07/CDRS por la APROBACIÓN CON MODIFICACIONES del NPr 87/2023 PDE 17/2023 del 300323 presentada por la Parlamentaria Alicia Ticona por la cual el PM declara realizar el seguimiento a los gobiernos para implementar la Resolución 64/292 de la Asamblea General de Naciones Unidas de julio de 2010 que reconoce el derecho al agua potable y el saneamiento como derecho esencial para el disfrute de la vida. Girada a la comisión de Desarrollo Regional Sustentable. Miembro informante: Parl. Heitor Schuch</t>
+  </si>
+  <si>
+    <t>2914</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2914/npr_306-2025_infcom_732025_cdrs_082025_del_071025_por_la_aprobacion_del_npr_181-2024_pre_122024_del_200624.pdf</t>
+  </si>
+  <si>
+    <t>NPr 306-2025 INFCOM 73/2025 CDRS 08/2025 del 071025 por la APROBACIÓN del NPr 181-2024 PRE 12/2024 del 200624 PRec Normativa Común de Cielos Abiertos para el MERCOSUR, presentado por el Parl. Jorge Santilli. Girado a la Com. de Asuntos Jurídicos. Miembro informante: Parl. Heitor Schuch</t>
+  </si>
+  <si>
+    <t>2915</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2915/npr_307-2025_infcom_74_2025_cdrs_09_2025_por_la_aprobacion_del_npr_178-2024_pan_012024_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 307-2025 INFCOM 74_2025 CDRS 09_2025 por la APROBACIÓN del NPr 178-2024 PAN 01/2024  PAPNor Derecho a la alimentación saludable, acceso a la información fundada y etiquetado de alimentos en el MERCOSUR, presentado por el Parl. Odair Cunha el 130624. Girado a la CDRS. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2916</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2916/npr_308-2025_infcom_752025_cdrs_102025_por_la_aprobacion_con_modificaciones_del_npr_164-2024_ppin_012024_del_040624.pdf</t>
+  </si>
+  <si>
+    <t>NPr 308-2025 INFCOM 75/2025 CDRS 10/2025 por la APROBACIÓN CON MODIFICACIONES del NPr 164-2024 PPIN 01/2024 del 040624 PPInf S/Salud Mental al GMC-SGT11, presentado por la Parl. Lilian Samaniego. Girado a la COM. DE SALUD. Miembro informante: parlamentario Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2917</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2917/npr_309-2025_infcom_76-2025_cdrs_112025_por_la_aprobacion_con_modificaciones_del_npr_212-2024_pde_392024_del_220724.pdf</t>
+  </si>
+  <si>
+    <t>NPr 309-2025 INFCOM 76-2025 CDRS 11/2025 por la APROBACIÓN CON MODIFICACIONES del NPr 212-2024 PDE 39/2024 del 220724 PDecl Importancia de ratificar el Acuerdo Escazu, presentada por los parlamentarios Cecilia Nicolini, Gustavo Arrieta, Raúl Bittel, José Cáceres, Ana Corradi, Alejandro Deanes, Victoria Donda, Marina Femenía, Luis Fernández, Gabriel Fuks, Alejandra Más, Franco  Metaza, Teresa Parodi, Susana Peralta, Yamil Sarruff, Matías Sotomayor, Bettiana Díaz, el 220724. Girado a la CDRS. Miembro informante: Parlamentario Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2918</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2918/npr_311-2025_infcom_772025_cdrs_122025_del_071025_por_la_aprobacion_del_npr_250-2025_pde_552024_del_150824.pdf</t>
+  </si>
+  <si>
+    <t>NPr 311-2025 INFCOM 77/2025 CDRS 12/2025 del 071025 por la APROBACIÓN del NPr 250-2025 PDE 55/2024 del 150824 "De interés de la COP30 en Brasil, presentada por los parlamentarios Cecilia Nicolini, Gustavo Arrieta, Mariano Fernández. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2919</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2919/npr_312-2025_infcom_782025_cdrs_132025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_255-2024_pde_562024_del_190824_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 312-2025 INFCOM 78/2025 CDRS 13/2025 del 071025 por la APROBACIÓN CON MODIFICACIONES del NPr 255-2024 PDE 56/2024 del 190824  "Emergencia hídrica en los Estados Parte del MERCOSUR" presentado por los parlamentarios TABORDA, Yesica Anabela; ARRIETA, Gustavo; BITTEL, Raúl German; DEANES, Alejandro Martin; DONDA, Victoria; FERNÁNDEZ, Luis Mariano; MÁS, María Alejandra; PARODI, Teresa; SARRUFF VALLEJO, Yamil David; SOTOMAYOR, Matías Jorge Carlos. Miembro informante: Parlamentario Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2920</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2920/npr_313-2025_infcom_792025_cdrs_142025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_288-2024_pde_562024_del_100924_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 313-2025 INFCOM 79/2025 CDRS 14/2025 del 071025 por la APROBACIÓN CON MODIFICACIONES del NPr 288-2024 PDE 56/2024 del 100924 "De apoyo a la iniciativa de la Red Global de Líderes para el Desarrollo Sostenible", presentado por los parlamentarios Matías SOTOMAYOR, Raúl  BITTEL, Alejandro DEANES, Victoria DONDA, Luis Mariano FERNÁNDEZ, Gabriel FUKS, María Alejandra MÁS, María Cecilia NICOLINI, Teresa PARODI, Yamil SARRUFF.</t>
+  </si>
+  <si>
+    <t>2921</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2921/npr_314-2025_infcom_802025_cdrs_152025_por_la_aprobacion_con_modificaciones_del_npr_258-2024_pde_572024_del_260824.pdf</t>
+  </si>
+  <si>
+    <t>NPr 314-2025 INFCOM 80/2025 CDRS 15/2025 por la APROBACIÓN CON MODIFICACIONES del NPr 258-2024 PDE 57/2024 del 260824 "De Interés Regional a la Feria de Simoca, Tucumán por su profundo significado histórico, su impacto económico y social, y su relevancia como atractivo turístico regional" presentado por el parlamentario Mariano Fernández. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2923</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2923/npr_316-2025_infcom_812025_cdrs_012025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_360-2024_pde_802024_del_131124.pdf</t>
+  </si>
+  <si>
+    <t>NPr 316-2025 INFCOM 81/2025 CDRS 01/2025 del 171025 por la APROBACIÓN CON MODIFICACIONES del NPr 360-2024 PDE 80/2024 del 111124 "Adhesión y beneplácito por la conmemoración del &lt;Día Mundial de la Visión&gt;", presentado por SESMA, Laura Judith; EIBEN, Rodolfo Guido; INCICCO, Lucas Ciriaco; PUIG, Lilia; SIMONE, Nicolás. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2924</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2924/npr_317-2025_pde_822025_infcom_822025_cdrs_022025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_367-2025_pde_822025_del_151124.pdf</t>
+  </si>
+  <si>
+    <t>NPr 317-2025 PDE 82/2025 INFCOM 82/2025 CDRS 02/2025 del 171025 por la APROBACIÓN CON MODIFICACIONES del NPr 367-2025 PDE 82/2025 del 151124 "La necesidad de generar buenas prácticas contra la &lt;Gordofobia&gt;", presentada por los parlamentarios METAZA, Franco Maximiliano; BITTEL, Raúl German; DONDA, Victoria; MÁS, María Alejandra; PARODI, Teresa. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2925</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2925/npr_318-2025_infcom_832025_cdrs_032025_del_171025_por_la_aprobacion_del_npr_395-2024_pre_322024_del_121224.pdf</t>
+  </si>
+  <si>
+    <t>NPr 318-2025 INFCOM 83/2025 CDRS 03/2025 del 171025 por la APROBACIÓN del NPr 395-2024 PRE 32/2024 del 121224 "Promoción y fortalecimiento de la producción pública de medicamentos en los Estados Parte del MERCOSUR", presentado por los Parlamentarios, Gustavo Arrieta, Gabriel Fuks, Raúl Bittel, Alejandro Deanes, Victoria Donda, José Cáceres, Teresa Parodi, Alejandra Más, Mariano Fernández, Ana Corradi, Matías Sotomayor, Susana Peralta, Miembro informante: Parl Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2926</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2926/npr_319-2025_infcom_842025_cdrs_042025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_10-2025_pde_022025_del_210125.pdf</t>
+  </si>
+  <si>
+    <t>NPr 319-2025 INFCOM 84/2025 CDRS 04/2025 del 171025 por la APROBACIÓN CON MODIFICACIONES del NPr 10-2025 PDE 02/2025 del 210125, presentado por por los parlamentarios Victoria Donda, Alejandra Más, Raúl Bittel, Alejandro Deanes, Matías Sotomayor, Gabriel Fuks y Mariano Fernández. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2927</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2927/npr_320-2025_infcom_852025_cdrs_052025_del_171025_por_la_aprobacion_del_npr_19-2025_pde_072025_del_080225.pdf</t>
+  </si>
+  <si>
+    <t>NPr 320-2025 INFCOM 85/2025 CDRS 05/2025 del 171025 por la APROBACIÓN del NPr 19-2025 PDE 07/2025 del 080225 PDecl. "Repudio ante la inacción del Gobierno Argentino frente a los incendios en la Patagonia", presentado por los parlamentarios Franco Metaza y Marina Femenía. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2928</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2928/npr_321-2025_infcom_862025_cdrs_del_171025_por_la_aprobacion_del_npr_20-2025_pde_082025_del_100225.pdf</t>
+  </si>
+  <si>
+    <t>NPr 321-2025 INFCOM 86/2025 CDRS del 171025 por la APROBACIÓN del NPr 20-2025 PDE 08/2025 del 100225, PDecl. "De repudio ante la decisión del Gobierno Argentino de retirarse de la Organización Mundial de la Salud (OMS)", presentado por los parlamentarios Gustavo Arrieta, Gabriel Fuks, Franco Metaza, Cecilia Nicolini, Yesica Taborda, Raúl Bittel, Alejandro Deanes, Alejandra Más, Mariano Fernádez, Matías Sotomayor, Victoria Donda. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2931</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2931/npr_324-2025_infcom_872025_cddhh_012025_del_201025_por_la_aprobacion_del_npr_208-2025_pde_472025_del_210725.pdf</t>
+  </si>
+  <si>
+    <t>NPr 324-2025 INFCOM 87/2025 CDDHH 01/2025 del 201025 por la APROBACIÓN del NPr 208-2025 PDE 47/2025 del 210725 "De repudio enérgico el bombardeo perpetrado contra la Iglesia de la Sagrada Familia en Gaza" presentado por los parlamentarios Gustavo Arrieta, Victoria Donda, José Cáceres, Karolina Bobadilla, Franco Metaza, Raúl Bittel, Gabriel Fuks, Alejandro Deanes. Miembro informante: Parl. Gustavo Arrieta.</t>
+  </si>
+  <si>
+    <t>2932</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2932/npr_325-2025_infcom_882025_cddhh_022025_del_201025_por_la_aprobacion_del_npr_232-2025_pde_642025_del_190825.pdf</t>
+  </si>
+  <si>
+    <t>NPr 325-2025 INFCOM 88/2025 CDDHH 02/2025 del 201025 por la APROBACIÓN del NPr 232-2025 PDE 64/2025 del 190825  PDecl. "Repudio a las declaraciones del Primer Ministro de Israel B. Netanyahu", presentado por los parlamentarios Victoria Donda, Gustavo Arrieta, José Cáceres, Karolina Bobadilla, el 190825.  GIRADO A LA COM. AS. INTERNACIONALES EL 210825. Miembro informante: Parl. Victoria Donda.</t>
+  </si>
+  <si>
+    <t>2933</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2933/npr_326-2025_infcom_892025_cddhh_032025_del_201025_por_la_aprobacion_del_npr_238-2025_pde_672025_del_220825.pdf</t>
+  </si>
+  <si>
+    <t>NPr 326-2025 INFCOM 89/2025 CDDHH 03/2025 del 201025 por la APROBACIÓN del NPr 238-2025 PDE 67/2025 del 220825 PDecl. "De adhesión del PM al llamamiento de la Red Iberoamericana de Parlamentarios contra el Hambre, la Seguridad Alimentaria y la Malnutrición, ante la grave situación en Gaza", presentado por los parlamentarios Matías Sotomayor, Gustavo Arrieta, José Cáceres, Alejandro Deanes. Karolina Bobadilla. Miembro informante: Parl. Matías Sotomayor.</t>
+  </si>
+  <si>
+    <t>2934</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2934/npr_327-2025_infcom_902025_cddhh_042025_del_201025_por_la_aprobacion_del_npr_235-2025_pre_202025_del_200825_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 327-2025 INFCOM 90/2025 CDDHH 04/2025 del 201025 por la APROBACIÓN del NPr 235-2025 PRE 20/2025 del 200825 "Diseño de una agenda regional sobre economía plateada y envejecimiento activo en el Mercosur", presentada por los parlamentarios Gustavo Arrieta, Alejandro Deanes, Victoria Donda, Alejandra Más, Karolina Bobadilla, José Cáceres, Matías Sotomayor. Miembro informante: Parl. Gustavo Arrieta.</t>
+  </si>
+  <si>
+    <t>2935</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2935/npr_328-2025_infcom_912025_cddhh_052025_del_201025_por_la_aprobacion__del_npr_219-2025_pre_192025_del_050825.pdf</t>
+  </si>
+  <si>
+    <t>NPr 328-2025 INFCOM 91/2025 CDDHH 05/2025 del 201025 por la APROBACIÓN  del NPr 219-2025 PRE 19/2025 del 050825, PRec. "Instituiçao da Rede Mercosul de Proteção às Mulheres em Situação de Violência nas Fronteiras". Miembro informante: Parl. Renata Abreu.</t>
+  </si>
+  <si>
+    <t>2936</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2936/npr_329-2025_infcom_922025_cddhh_062025_del_201025_por_la_aprobacion_del_npr_228-2025_pde_602025_del_150825.pdf</t>
+  </si>
+  <si>
+    <t>NPr 329-2025 INFCOM 92/2025 CDDHH 06/2025 del 201025 por la APROBACIÓN del NPr 228-2025 PDE 60/2025 del 150825. PDecl. "Repudiar públicamente las expresiones que incitan a la clausura violenta del Congreso argentino y la agresión contra legisladores, por ser contrarias a los derechos humanos y la democracia" presentado por la parlamentaria Victoria Donda. Miembro informante: Parl. Victoria Donda.</t>
+  </si>
+  <si>
+    <t>2937</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2937/npr_330-2025_infcom_932025_cddhh_072025_del_201025_por_la_aprobacion_del_npr_227-2025_pde_592025_del_150825.pdf</t>
+  </si>
+  <si>
+    <t>NPr 330-2025 INFCOM 93/2025 CDDHH 07/2025 del 201025 por la APROBACIÓN del NPr 227-2025 PDE 59/2025 del 150825. PDecl "Su respaldo al trabajo desarrollado por la Misión Internacional de Especialistas en Derechos Humanos para dar Seguimiento a la Solicitud de Prisión Domiciliaria por parte de Cristina Fernández de Kirchner, reconociendo su aporte en el monitoreo de la imposición de un dispositivo de vigilancia electrónica en el marco del cumplimiento de pena de arresto domiciliario a la ex Presidenta de la Nacion establecida en el incidente de prisión domiciliaria CFP 5048/2016/TO1/55, formado en la causa 2833 del registro del Tribunal Oral en lo Criminal Federal 2", presentado por los parlamentarios Victoria Donda, Gustavo Arrieta, Franco Metaza, Humberto Costa. Miembro informante: Parl. Victoria Donda.</t>
+  </si>
+  <si>
+    <t>2938</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2938/npr_331-2025_infcom_942025_cddhh_082025_del_201025_por_la_aprobacion_del_npr_117-2025_pde_342025_del_220525.pdf</t>
+  </si>
+  <si>
+    <t>NPr 331-2025 INFCOM 94/2025 CDDHH 08/2025 del 201025 por la APROBACIÓN del NPr 117-2025 PDE 34/2025 del 220525 PDecl. "Preocupación por la persecución política judicial contra Andrés Aráuz" presentada por los parlamentarios Gabriel Fuks, Victoria Donda, Daniel Caggiani, Franco Metaza y Raúl Bittel. Miembro informante: Parl. Gabriel Fuks.</t>
+  </si>
+  <si>
+    <t>2940</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2940/npr_332-2025_infcom_952025_cddhh_092025_por_la_aprobacion_del_npr_118-2025_pde_352025_del_260525.pdf</t>
+  </si>
+  <si>
+    <t>NPr 332-2025 INFCOM 95/2025 CDDHH 09/2025 por la APROBACIÓN del NPr 118-2025 PDE 35/2025 del 260525 PDecl. "Sobre la grave situación humanitaria y de derechos humanos en los territorios palestinos ocupados", presentada por los parlamentarios Gustavo Arrieta, Victoria Donda, Gabriel Fuks, Raúl Bittel, José Cáceres, Marina Femenía, Karolina Bobadilla, Alejandro Deanes. Miembro informante: Parl. Gustavo Arrieta.</t>
+  </si>
+  <si>
+    <t>2941</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2941/npr_333-2025_infcom_962025_cddhh_102025_por_la_aprobacion_del_npr_247-2025_pde_732025_del_010925.pdf</t>
+  </si>
+  <si>
+    <t>NPr 333-2025 INFCOM 96/2025 CDDHH 10/2025 por la APROBACIÓN del NPr 247-2025 PDE 73/2025 del 010925 PDecl. "Repudio y preocupación por la decisión del Gobierno argentino de retirar su candidatura al Consejo de DDHH de las NNUU para el período 2026-2029". Miembro informante:  Parl. Victoria Donda.</t>
+  </si>
+  <si>
+    <t>2942</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2942/npr_334-2025_infcom_972025_cddhh_112025_del_201025_por_la_aprobacion_del_npr_226-2025_pde_582025_del_050225.pdf</t>
+  </si>
+  <si>
+    <t>NPr 334-2025 INFCOM 97/2025 CDDHH 11/2025 del 201025 por la APROBACIÓN del NPr 226-2025 PDE 58/2025 del 050225 PDecl. "De repudio a la resolución 187-25 y al baremo que incluye términos ofensivos y despectivos para la evaluación de la discapacidad", presentada por la parlamentaria Victoria Donda. Miembro informante: Parl. Victoria Donda</t>
+  </si>
+  <si>
+    <t>2943</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2943/npr_335-2025_infcom_982025_cddhh_122025_del_201025_por_la_aprobacion_del_npr_278-2025_pde_832025_del_230925.pdf</t>
+  </si>
+  <si>
+    <t>NPr 335-2025 INFCOM 98/2025 CDDHH 12/2025 del 201025 por la APROBACIÓN del NPr 278-2025 PDE 83/2025 del 230925. PDecl "Reconocimiento al fotógrafo y documentalista argentino Nicolás Marín", presentado por los parlamentarios Marina Femenía y Franco Metaza. Miembro informante: Parl. Marina Femenía.</t>
+  </si>
+  <si>
+    <t>2945</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2945/npr_337-2025_infcom_992025_cdrs_012025_del_211025_por_la_aprobacion_con_modificaciones_del_npr_77-2025_pde_192025_del_010425.pdf</t>
+  </si>
+  <si>
+    <t>NPr 337-2025 INFCOM 99/2025 CDRS 01/2025 del 211025 por la APROBACIÓN CON MODIFICACIONES del NPr 77-2025 PDE 19/2025 del 010425 PDecl. "De interés regional la lucha contra la enfermedad de Alzheimer y otras demencias", presentada por los parlamentarios Mariano Fernández, Franco Metaza, Matías Sotomayor, Alejandra Más, Victoria Donda, Yesica Taborda. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2946</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2946/npr_338-2025_infcom_1002025_cdrs_022025_del_211025_por_el_archivo_del_npr_352024_pdi_052024_del_050324.pdf</t>
+  </si>
+  <si>
+    <t>NPr 338-2025 INFCOM 100/2025 CDRS 02/2025 del 211025 por el ARCHIVO del NPr 35/2024 PDI 05/2024 del 050324 PDisp. "Convocatoria para la presentación de producciones académicas ycientíficas, de experiencias gubernamentales, empresariales y de la sociedad civil, y de obras artísticas gráficas y visuales para serpublicadas en una edición especial de la revista parlasur, titulada &lt;Acción por el clima en el Mercosur&gt;, presentada por la parlamentaria Ana Corradi. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2947</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2947/npr_339-2025_infcom_1012025_cdrs_032025_211025_por_el_archivo_del_npr_3602023_pre_092023_del_220923.pdf</t>
+  </si>
+  <si>
+    <t>NPr 339-2025 INFCOM 101/2025 CDRS 03/2025 211025 por el ARCHIVO del NPr 360/2023 PRE 09/2023 del 220923 PRec "Instar a los Estados Parte y Asociados del MERCOSUR la creación de un Consejo del Ambiente y Cambio Climático del MERCOSUR" presentada por la Parlamentaria Britto. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2948</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2948/npr_340-2025_infcom_1022025_cdrs_042025_del_211025_por_el_archivo_del_npr_2692023_pre_072023_del_020823.pdf</t>
+  </si>
+  <si>
+    <t>NPr 340-2025 INFCOM 102/2025 CDRS 04/2025 del 211025 por el ARCHIVO del NPr 269/2023 PRE 07/2023 del 020823 PRec. "A que invite a los Estados Parte y asociados del MERCOSUR a que vean la viabilidad de instalar redes de drenaje de residuos", presentada por la Parlamentaria Cecilia Britto. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2949</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2949/npr_341-2025_infcom_1032025_cdrs_052025_del_211025_por_el_archivo_del_npr_4042023_pre_142023_del_311023.pdf</t>
+  </si>
+  <si>
+    <t>NPr 341-2025 INFCOM 103/2025 CDRS 05/2025 del 211025 por el ARCHIVO del NPr 404/2023 PRE 14/2023 del 311023 PRec. "Instar a los Estados Parte y Asociados del MERCOSUR la creación de un Consejo del Ambiente y Cambio Climático del MERCOSUR, que funcione como un órgano de consulta, asesoría, participación, debate y formulación de políticas ambientales, presentada por los parlamentarios Cecilia Catherine Britto y Eduardo Nelson Nicoletti. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2950</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2950/npr_342-2025_infcom_1042025_cdrs_062025_del_211025_por_el_archivo_del_npr_405-2023_pre_152023_del_311023_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 342-2025 INFCOM 104/2025 CDRS 06/2025 del 211025 por el ARCHIVO del NPr 405-2023 PRE 15/2023 del 311023 PRec. "Instar a los Estados Parte y Asociados del MERCOSUR a fomentar medidas de protección al Medio Ambiente limitando la distribución de productos de un solo uso en los negocios de comida, regular el consumo y reciclaje de botellas plásticas desechables, disminuir la generación de residuos, con fines de contribuir a una mejora en las condiciones de salud de la población actual y de las futuras generaciones", presentada por los parlamentarios Cecilia Catherine Britto y Eduardo Nelson Nicoletti. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2951</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2951/npr_343-2025_infcom_1052025_cdrs_072025_del_211025_por_el_archivo_del_npr_3312023_pde_452023_del_110923.pdf</t>
+  </si>
+  <si>
+    <t>NPr 343-2025 INFCOM 105/2025 CDRS 07/2025 del 211025 por el ARCHIVO del NPr 331/2023 PDE 45/2023 del 110923 PDecl. "Por la cual el PM declara de interés regional el Foro Internacional sobre el Cambio Climático, organizado por el Observatorio de Relaciones Internacionales de la Fundación Victoria", presentada por la parlamentaria Julia Perié. MIembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2952</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2952/npr_344-2025_infcom_1062025_cdrs_082025_del_211025_por_el_archivo_del_npr_862023_pde_162023_del_300323.pdf</t>
+  </si>
+  <si>
+    <t>NPr 344-2025 INFCOM 106/2025 CDRS 08/2025 del 211025 por el ARCHIVO del NPr 86/2023 PDE 16/2023 del 300323. PDecl "Rumbo a la Asamblea de la Madre Tierra 2024", presentada por la parlamentaria Alicia Ticona. Miembro informante: Parl. Heitor Schuch,</t>
+  </si>
+  <si>
+    <t>2953</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2953/npr_345-2025_infcom_1072025_cdrs_092025_del_211025_por_el_archivo_del_npr_14-2023_pde_082023_del_100223.pdf</t>
+  </si>
+  <si>
+    <t>NPr 345-2025 INFCOM 107/2025 CDRS 09/2025 del 211025 por el ARCHIVO del NPr 14-2023 PDE 08/2023 del 100223 "De interés regional el lanzamiento del Observatorio de Relaciones Internacionales fundada en el marco de la Fundación Victoria – Misiones", presentada por la parlamentaria Cecilia Britto. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2954</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2954/npr_346-2025_infcom_1082025_cdrs_102025_del_211025_por_el_archivo_del_mep_22-2012_pde_092021_del_020321_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 346-2025 INFCOM 108/2025 CDRS 10/2025 del 211025 por el ARCHIVO del MEP 22-2012 PDE 09/2021 del 020321 "Se proclama a la salud pública como un derecho humano inalienable, cuyo acceso no debe discriminar razones económicas, sociales, políticas, de género, de raza ni de religión, instándose a los gobiernos del Mercosur a coordinar con la República de Cuba, y demás países de América Latina y el Caribe, a fin de desarrollar una vacuna para el COVID 19 de acceso público y equitativo para todos nuestros pueblos, así como en todo lo que se refiere a salud pública", presentada por los parlamentarios Daniel Caggiani, Oscar Laborde, Amanda Della Ventura, Ricardo Canese, Fernanda Gil Lozano, Nicolás Viera Díaz, Eduardo Nelson Nicoletti, Julia Perié, Mario Metaza, Liliam Kechichian, Ana María Olivera, Julio Sotelo, Ana Merelis, Bettiana Díaz Rey, Rubén Damián Brizuela, Ubaldo Aita, Lucía Etcheverry, Cristian Bello, Ricardo Cristóbal Oviedo, Cecilia Britto, Saúl Ortega, Zeca Dirceu, Arlindo Chinaglia, Odair Cunha, Humberto Costa, Victor Santa Maria. Miembro informante: Parl. Heitor Schuch.</t>
+  </si>
+  <si>
+    <t>2958</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2958/npr_351-2025_infcom_1092025_cddhh_012025_del_311025_por_la_aprobacion_del_npr_241-2025_pde_502025_del_240725.pdf</t>
+  </si>
+  <si>
+    <t>NPr 351-2025 INFCOM 109/2025 CDDHH 01/2025 del 311025 por la APROBACIÓN del NPr 241-2025 PDE 50/2025 del 240725 PDecl. "De preocupación por la situación de los derechos humanos frente a políticas de ajuste y regresividad en la República Argentina", presentado por los parlamentarios Gustavo Arrieta, José Cáceres, Karolina Bobadilla, Victoria Donda, Alejandro Deanes, Matías Sotomayor, Raúl Bittel. Miembro informante. Parl. Gustavo Arrieta.</t>
+  </si>
+  <si>
+    <t>2976</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2976/npr_372-2025_infcom_1102025_cpresp_012025_del_171125_por_la_aprobacion_del_informe_de_auditoria_del_parlamento_del_mercosur_correspondiente_al_ejercicio_enero_-_diciembre_2024.pdf</t>
+  </si>
+  <si>
+    <t>NPr 372-2025 INFCOM 110/2025 CPRESP 01/2025 del 171125 por la APROBACIÓN del Informe de Auditoría del Parlamento del MERCOSUR correspondiente al Ejercicio enero - diciembre 2024. Miembro informante: Parl. Conrado Rodríguez.</t>
+  </si>
+  <si>
+    <t>2956</t>
+  </si>
+  <si>
+    <t>SL</t>
+  </si>
+  <si>
+    <t>Solicitud de Licencias</t>
+  </si>
+  <si>
+    <t>Uruguay-DUQUE, Matías</t>
+  </si>
+  <si>
+    <t>Comunicamos que por motivos personales el Diputado Matias Duque no podrá asistir a las sesiones convocadas para el 17 de noviembre próximo, solicitando se proceda a convocar a su suplente.</t>
+  </si>
+  <si>
+    <t>2964</t>
+  </si>
+  <si>
+    <t>teste - prueba</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2964/npr_360-2027_sl_22025_del_parl._daniel_borbonet.pdf</t>
+  </si>
+  <si>
+    <t>NPr 360-2025 SL 2/2025 Presentada el 101125 por el parlamentario Daniel Borbonet en la comunica que no podrá asistir a las sesiones del 111125.</t>
+  </si>
+  <si>
+    <t>2969</t>
+  </si>
+  <si>
+    <t>Uruguay - DÍAZ, Bettiana</t>
+  </si>
+  <si>
+    <t>NPr 365-2025 SL 03/2025 Solicitud de licencia de la parlamentaria Bettiana Diaz para no participar de la II SExt y de la CVI SO.</t>
+  </si>
+  <si>
+    <t>2970</t>
+  </si>
+  <si>
+    <t>Uruguay - CAGGIANI, Daniel</t>
+  </si>
+  <si>
+    <t>NPr 366-2025 SL 04/2025 del 121125 Solicitud de licencia de la parlamentaria Daniel Caggiani para no participar de la II SExt y de la CIV SO, presentada el 121125.</t>
+  </si>
+  <si>
+    <t>2973</t>
+  </si>
+  <si>
+    <t>Uruguay - COLMAN, Mario</t>
+  </si>
+  <si>
+    <t>Solicitud de licencia del Parl. Mario Colman para no asistir a la CIV SO.</t>
+  </si>
+  <si>
     <t>2809</t>
   </si>
   <si>
     <t>NTC</t>
   </si>
   <si>
     <t>Notas y Comunicaciones</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2809/npr_171-2025_nc_12025_acta_de_la_reunion_de_ceco_y_solicitud.pdf</t>
   </si>
   <si>
     <t>NPr 171-2025 NC 1/2025 Acta de la reunión de CECO y solicitud de inclusión en el OdD de la CI SO del 090625 de varios asuntos tratados. MD</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2810/npr_172-2025_nc_022025_acta_22025_de_la_cedu_.pdf</t>
   </si>
   <si>
     <t>NPr 172-2025 NC 02/2025 Acta 2/2025 de la CEDU de fecha 230525. MD</t>
   </si>
   <si>
     <t>2811</t>
@@ -2429,57 +3195,235 @@
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>Externo - EXT</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2898/npr_285-2025_nc_72025_res._n794_-_integracion_parlamento_del_mercosur_senado_de_paraguay.pdf</t>
   </si>
   <si>
     <t>NPr 285-2025 NC 7/2025 Res. N°794 - Integración Parlamento del Mercosur Senado de Paraguay, presentado por la Unidad de Enlace PM/Py el 020164. AE CIII SO. MD</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2899/npr_288-2025_nc_82025_of._10225_-_comunicacion_de_integracion_de_comisiones_de_parlamentarios_brasilenos_presentado_el_011025.pdf</t>
   </si>
   <si>
     <t>NPr 288-2025 NC 8/2025 OF. 102/25 - Comunicación de integración de comisiones de parlamentarios brasileños, presentado por el integrante de la MD por Brasil Presidente Parl. Humberto Costa, el 011025 AE 4 MD</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>URUGUAY_VIERA. Nicolás</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2902/npr_291-2025_nc_010_2025_nomina_de_integracion_de_comisiones.pdf</t>
   </si>
   <si>
     <t>NPr 291-2025 NC 10/2025 Nota presentada por el Vicepresidente del PM/Uy parlamentario Nicolás Viera, comunicando la nómina de parlamentarios uruguayos que integrarán las comisiones del PM, presentado el 061025. AE 5MD, AE CIV SO.</t>
+  </si>
+  <si>
+    <t>2908</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2908/npr_300-2025_nc_102025_nota_1632025_de_la_presidencia_de_la_asamblea_general_de_uruguay.pdf</t>
+  </si>
+  <si>
+    <t>NPr 300-2025 NC 10/2025 Nota 163/2025 de la Predsidencia de la Asamblea Nacional de Uruguay, comunicando la designación del parlamentario Luis Gallo en reemplazo de la parlamentaria Constanza Moreira, y a su suplente Silva Ibarguren, presentado el 071025.</t>
+  </si>
+  <si>
+    <t>2944</t>
+  </si>
+  <si>
+    <t>Bolivia - ZUÑIGA, Luis</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2944/npr_336-2025_ntc_112025_renuncia__al_cargo_de_vicepresidente_del_parlamento_del_mercosur_en_representacion_del_estado_plurinacional_de_bolivia_gestion_2025-2026.pdf</t>
+  </si>
+  <si>
+    <t>NPr 336-2025 NTC 11/2025 Renuncia irrevocable al cargo de Vicepresidente del Parlamento del MERCOSUR en_x000D_
+representación del Estado Plurinacional de Bolivia (gestión 2025-2026) del parlamentario Luis Zúñiga.  AE 5MD. AE CIV SO</t>
+  </si>
+  <si>
+    <t>2955</t>
+  </si>
+  <si>
+    <t>Argentina - ARRIETA, Gustavo Héctor</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2955/npr_348-2025_ntc_122025_ratificacion_de_la_incorporacion_y_designacion_en_comisiones.pdf</t>
+  </si>
+  <si>
+    <t>NPr 348-2025 NTC 12/2025 Comunicación de ratificación y designación de parlamentarios argentinos en comisiones del PM, presentado por el Vicepresidente del PM/Arg., el 291025. AE CIV SO, AE 5MD.</t>
+  </si>
+  <si>
+    <t>2966</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2966/npr_362-2025_ntc_132025_nota_de_la_uepmpy_del_121125_en_la_que_comunica_la_res._3520_de_la_h._camara_de_diputados_de_paraguaya_designacion_de_los_diputados_delegados_titulares_y_suplentes_ante_el_pm_por_el_periodo_2025-26._.pdf</t>
+  </si>
+  <si>
+    <t>NPr 362-2025 NTC 13/2025 Nota de la UEPM/Py del 121125 en la que comunica la Res. 3520 de la H. Cámara de Diputados de Paraguaya Designación de los Diputados delegados titulares y suplentes ante el PM por el período 2025-26. AE 6MD, AE CIV SO</t>
+  </si>
+  <si>
+    <t>2968</t>
+  </si>
+  <si>
+    <t>Brasil - CUNHA, Odair</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2968/npr_364-2025_ntc_142025_de_fecha_131125_sretiro_del_punto_e.7_del_odd_de_la_civ_so..pdf</t>
+  </si>
+  <si>
+    <t>NPr 364-2025 NTC 14/2025 de fecha 131125 S/retiro del punto E.7) del OdD de la CIV SO.</t>
+  </si>
+  <si>
+    <t>2972</t>
+  </si>
+  <si>
+    <t>Paraguay - GAMARRA, Rodrigo</t>
+  </si>
+  <si>
+    <t>NPr 368-2025 NTC 15/2025 de fecha 161125 "Comunicación de integración de comisiones asesoras permanentes y especiales de acuerdo las designaciones de las Honorables Cámaras de Senadores y Diputados de la Rca. de Paraguay", presentada por el VicePresidente PM/Py Parl. Rodrigo Gamarra. AE 6MD, AE CIV SO.</t>
+  </si>
+  <si>
+    <t>2974</t>
+  </si>
+  <si>
+    <t>Argentina - SARRUFF VALLEJO, Yamil David</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2974/npr_370-2025_ntc_162025_del_171125._nota_de_renuncia_presentada_por_el_parlamentario_yamil_sarruff_como_parlamentarios_del_mercosur_para_asumir_otro_cargo..pdf</t>
+  </si>
+  <si>
+    <t>NPr 370-2025 NTC 16/2025 del 171125. Nota de renuncia presentada por el parlamentario Yamil Sarruff como parlamentarios del Mercosur, para asumir otro cargo. AE CIV SO</t>
+  </si>
+  <si>
+    <t>2977</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2977/npr_373-2025_ntc_172025_del_191125__nota_del_vicepresidente_pmarg._en_la_cual_comunica_cambios_en_la_integracion_de_comisiones_del_pm.pdf</t>
+  </si>
+  <si>
+    <t>NPr 373-2025 NTC 17/2025 del 191125  Nota del Vicepresidente PM/Arg. en la cual comunica cambios en la integración de comisiones del PM (La parlamentaria Fabiana Martín reemplaza al parlamentario Rodolfo Eiben en la CPRESP y el parlamentario Nicolás Simone reemplaza al parlamentario Iván Dubois en la  Comisión Temporaria de Acompañamiento del Acuerdo de Asociación Birregional MERCOSUR – Unión Europea)</t>
+  </si>
+  <si>
+    <t>2979</t>
+  </si>
+  <si>
+    <t>Argentina - NIVEYRO, Miriam del Carmen</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2979/npr_375-2025_ntc_182025_nota_de_la_parlamentaria_mirian_niveyro_comunicando_su_renuncia_al_mandato_como_parlamentaria_del_mercosur_para_ocupar_el_cargo_de_diputada_nacional_de_la_rca._argentina_presentada_el_251125._.pdf</t>
+  </si>
+  <si>
+    <t>NPr 375-2025 NTC 18/2025 Nota de la parlamentaria Mirian Niveyro comunicando su renuncia al mandato como Parlamentaria del Mercosur, para ocupar el cargo de Diputada Nacional de la Rca. Argentina, presentada el 251125. 7MD - AE CV SO.</t>
+  </si>
+  <si>
+    <t>2980</t>
+  </si>
+  <si>
+    <t>Argentina - MÁS, María Alejandra</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2980/npr_376-2025_ntc_192025_nota_de_la_parlamentaria_alejandra_mas_comunicando_su_renuncia_al_mandato_como_parlamentaria_del_mercosur_para_ocupar_el_cargo_de_diputada_provincial_de_rio_negro_presentada_el_251125._7md_-_ae_cv_so.pdf</t>
+  </si>
+  <si>
+    <t>NPr 376-2025 NTC 19/2025 Nota de la parlamentaria Alejandra Más comunicando su renuncia al mandato como Parlamentaria del Mercosur, para ocupar el cargo de Diputada Provincial de Río Negro, presentada el 251125. 7MD - AE CV SO</t>
+  </si>
+  <si>
+    <t>2985</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2985/npr_381-2025_ntc_202025_informe_de_la_comision_especial_de_emergencia_ambiental_y_sanitaria.pdf</t>
+  </si>
+  <si>
+    <t>NPr 381-2025 NTC 20/2025 Informe Anual de la Comisión de Desarrollo Regional Sustentable, Ordenamiento Territorial, Salud, Medio Ambiente y Turismo, así como el Informe de la Comisión de Informe de la Comisión Especial de Emergencia Ambiental y Sanitaria.</t>
+  </si>
+  <si>
+    <t>2986</t>
+  </si>
+  <si>
+    <t>FpceH - Frente Parlamentario contra el Hambre - PARLASUR</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2986/npr_382-2025_ntc_212025_informe_de_la_capacitacion_asesores_contraelhambre_antigua_-_guatemala_fao.pdf</t>
+  </si>
+  <si>
+    <t>NPr 382-2025 NTC 21/2025 Informe de la Capacitación Asesores ContraElHambre (Antigua - Guatemala) FAO</t>
+  </si>
+  <si>
+    <t>2988</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2988/npr_384-2025_ntc_232025_comunicacion_uepmbol_sparticipacion_.pdf</t>
+  </si>
+  <si>
+    <t>NPr 384-2025 NTC 23/2025 Nota de la UEPM/Bol en la que comunica la participación virtual de los parlamentarios electos como parlamentarios supranacionales que integrarían el PM a partir del 151225, una vez comunicado el acto emitido por la Presidencia del Congreso Boliviano.</t>
+  </si>
+  <si>
+    <t>2989</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2989/npr_385-2025_ntc_232025_talleres_la_alianza_global_contra_el_hambre_y_el_rol_del_parlasur.pdf</t>
+  </si>
+  <si>
+    <t>NPr 385-2025 NTC 23/2025 del 121225 Talleres regionales sobre el valor y la implementación de la Alianza Global contra el Hambre, presentado por el parlamentario Matías Sotomayor.</t>
+  </si>
+  <si>
+    <t>2994</t>
+  </si>
+  <si>
+    <t>Brasil - BOHN GASS</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2994/npr_390-2025_ntc_242025_solicitacao-audiencia-santarosa.pdf</t>
+  </si>
+  <si>
+    <t>NPr 390-2025 NTC 24/2025 del 151225 Nota presentada por el Presidente de la Comisión de Integración Fronteriza, parlamentario Bohn Gass. 9MD</t>
+  </si>
+  <si>
+    <t>2995</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2995/npr_391-2025_ntc_252025_nota_de_acreditacion_de_parlamentarios_del_mercosur_por_la_asamblea_de_bolivia.pdf</t>
+  </si>
+  <si>
+    <t>NPr 391-2025 NTC 25/2025 de fecha 151225 "Nota de la Presidencia de la Asamblea Legislativa del Estado Plurinacional de Bolivia, acreditando a parlamentarios del Mercosur", presentada por el Presidente Edman Lara Montaño, Presidente de la Asamblea Legislativa del Estado Plurinacional de Bolivia.</t>
+  </si>
+  <si>
+    <t>2996</t>
+  </si>
+  <si>
+    <t>Brasil - Pastor Eurico</t>
+  </si>
+  <si>
+    <t>https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2996/npr_392-2025_ntc_262025_requerimiento_del_parlamentario_pastor_eurico.pdf</t>
+  </si>
+  <si>
+    <t>NPr 392-2025 NTC 26/2025 de fecha 231225 Requerimiento a la MD, presentada por el parlamentario Pastor Eurico.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2783,56 +3727,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2879/npr_261-2025_ppn_012025_pproynorm_elaboracion_de_un_plan_regional_de_minerales_estrategicos_para_el_mercosur_premem.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2704/npr_9-2025_pdecl_repudia_el_desmantelamiento_de_la_secretaria_de_ddhh_de_la_nacion_argentina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2705/npr_10-2025_pdecl_repudio_al_vaciamiento_del_h._laura_bonaparte_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2707/npr_12-2025_pdecl_reconocimiento_al_instituto_biologico_dr._tomas_peron_como_referente_en_la_produccion_estatal_de_medicamentos_y_productos_biologicos_esenciales.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2708/npr_13-2025_pdecl._de_repudio_al_discurso_del_presidente_argentino_javier_milei_en_el_foro_economico_de_davos_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2709/npr_15-2024_pdecl._defensa_del_derecho_a_las_migracion_y_repudio_a_toda_medida_de_criminalizacion_de_las_personas_migrantes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2710/npr_18-2025_pdecl_beneplacito_por_el_dia_internacional_del_acceso_universal_a_la_informacion.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2711/npr_19-2025_pdecl_de_repudio_ante_la_inaccion_del_gobierno_argentino_frente_a_los_incendios_en_la_patagonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2712/npr_20-2025_pdecl._repudio_ante_la_decision_del_gobierno_argentino_de_retirarse_de_la_organizacion_mundial_de_la_salud_oms" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2717/npr_48-2025_pdecl._dichos_del_pdte._javier_milei_acerca_del_retiro_del_mercosur_por_parte_de_la_rca._argentina.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2721/npr_54-2025_pdecl_de_interes_fortalecimiento_de_la_gestion_y_la_valoracion_de_residuos_organicos_alimentarios.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2722/npr_55-2025_pdecl_de_interes_la_xxiii_edicion_de_la_fiesta_nacional_de_las_destrezas_criollas_y_el_folklore.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2723/npr_56-2025_pdecl._de_interes_el_foro_economico_internacional_de_la_caf_realizado_en_panama..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2724/npr_57-2025_pdecl._de_interes__22la_gesta_historica_del_cruce_de_los_andes22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2727/npr_60-2025_pdecl._crisis_humanitaria_en_la_rep._democratica_del_congo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2728/npr_69-2025_pdecl_repudio_a_la_reincorporacion_de_cuba_a_la_lista_de_estados_patrocinadores_del_terrorismo_por_el_gobierno_de_los_estados_unidos_de_america.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2730/npr_72-2025_pdecl._de_repudio_por_la_instalacion_de_una_base_militar_norteamericana_en_las_islas_galapagos..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2731/npr_73-2025_pdecl._beneplacito_por_el_dictamen_de_pia_s_las_irregularidades_de_la_concesion_de_trabajos_en_la_hidrovia..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2734/npr_76-2025_pdecl._repudio_al_decreto_de_necesidad_y_urgencia_n_179-2025_por_su_impacto_regresivo_en_los_derechos_humanos_y_la_soberania_del_pueblo_argentino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2735/npr_77-2025_pdecl._de_interes_regional_la_lucha_contra_la_enfermedad_de_alzheimer_y_otras_demencias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2737/npr_79-2025_pdecl._de_interes_regional_educativo_y_social_a_la_editorial_abrecascarones_y_a_su_metodo_de_diagramacion_didactica..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2738/npr_82-2025_pdecl._de_repudio_a_las_expresiones_del_pdte._javier_milei_sobre_la_cuestion_malvinas_en_el_dia_del_veteranoy_de_los_caidos_en_la_guerra_de_las_malvinas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2740/npr_88-2025_pdecl._de_beneplacito_por_el_acuerdo_alcanzado_por_los_cancilleres_de_los_estados_parte_del_mercosur_el_11_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2742/npr_92-2025_pdecl_de_interes_el_programa_de_television_a_que_jugamos_como_iniciativa_cultural_y_educativa_innovadora.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2743/npr_93-2025_pdecl._de_reconocimiento_al_equipo_22andes_robotics22_del_colegio_tomas_alva_edison.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2744/npr_94-2025_pdecl._de_interes_del_parlamento_del_mercosur_a_la_guia_de_campo_ilustrada_sobre_el_vino_de_mendoza.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2745/npr_95-2025_pdecl_repudio_a_la_inclusion_de_la_dra._cristina_fernandez_de_kirchner_en_listados_de_sanciones_de_la_seccion_7031_c.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2747/npr_99-2025_pdecl._de_repudio_a_las_declaraciones_de_la_titular_del_fondo_monetario_internacional_en_defensa_de_la_soberania_y_la_democracia_del_pueblo_argentino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2749/npr_106-2025_pdecl._del_pm_ante_el_fallecimiento_de_ss_papa_francisco.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2750/npr_107-2025_pdecl.__de_interes_del_pm_el_documental_22danielito_la_pelicula22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2751/npr_108-2025_pdecl.__de_interes_congreso_nacional_desarrollo_inteligente__educacion_y_tecnologia_para_regiones_competitivas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2752/npr_111-2025declarar_el_10_de_junio_como_el_dia_de_la_solidaridad_latinoamericana_y_caribena_con_las_islas_malvinas_argentinas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2754/npr_113-2025_pdecl_reunion_de_ministros_de_rree_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2755/npr_114-2025_pdecl._reforma_migratoria_argentina.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2756/npr_117-2025_pdecl._preocupacion_por_la_persecucion_politica_judicial_contra_andres_arauz.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2757/npr_118-2024_pdecl._sobre_la_grave_situacion_humanitaria_y_de_derechos_humanos_en_los_territorios_palestinos_ocupados.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2814/npr_176-2025_pdecl._beneplacito_por_el_acuerdo_en_la_reunion_de_ministros_de_seguridad_e_interior_del_mercosur_durante_la_ppt_argentina_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2816/npr_184-2025_pdecl__sobre_la_preocupacion_del_pm_ante_la_situacion_del_inta_rep._argentina.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2819/npr_189-2025_pdecl.__de_repudio_contra_la_proscripcion_de_cristina_fernandez_de_kirschner_y_en_defensa_de_la_democracia_argentina.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2820/npr_190-2025_pdecl.__repudio_y_designacion_como_personas_no_gratas_en_el_ambito_del_parlamento_del_mercosur_de_los_jueces_de_la_csj_de_la_nacion_argentina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2821/npr_191-2025_pdecl._necesidad_de_resolver_el_conflicto_en_medio_oriente_a_traves_de_la_diplomacia_y_el_derecho_internacional.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2823/npr_194-2025_pdecl._preocupacion_por_la_reforma_al_codigo_de_la_democracia_de_la_rca._del_ecuador.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2824/npr_195-2025_pdecl._respaldo_al_compromiso_de_sevilla_para_avanzar_en_la_concrecion_de_la_agenda_2030.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2825/npr_196-2025_pdecl._repudio_al_intento_de_intromision_judicial_extranjera_contra_la_soberania_de_la_rca._argentina.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2832/npr_203-2025_pdecl_repudio_a_las_detenciones_ilegitimas_a_militantes_politicos_por_parte_del_regimen_de_j._milei_y_a_la_criminalizacion_de_la_protesta_social.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2833/npr_204-2025_pdecl._de_repudio_a_la_disolucion_de_la_dgv_argentina_y_en_defensa_de_la_integracion_regional_la_infraestructura_estrategica_y_el_desarrollo_regional.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2834/npr_205-2025_pdecl._repudio_a_la_politica_injerencista_del_presidente_trump.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2836/npr_208-2025_pdecl._de_repudio_energicamente_el_bombardeo_perpetrado_contra_la_iglesia_de_la_sagrada_familia_en_gaza.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2837/npr_209-2025_pdecl._de_prioridad_regional_la_ejecucion_del_puente_internacional_mision_la_paz_argentina__pozo_hondo_paraguay_en_el_marco_del_corredor_bioceanico_vial_norte.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2840/npr_213-2025_pdecl._de_repudio_a_las_declaraciones_colonialistas_e_injerencistas_del_embajador_designado_por_estados_unidos_sr._peter_lamelas_y_solicitud_de_que_sea_declarado_persona_no_grata_en_el_ambito_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2841/npr_214-2025_pdecl._de_preocupacion_por_la_situacion_de_los_derechos_humanos_frente_a_politicas_de_ajuste_y_regresividad_en_la_republica_argentina.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2845/npr_220-2025_pdecl._reconhecimento_do_estado_da_palestina_pela_comunidade_internacional_e_reforco_do_compromisso_do_mercosul_com_a_solucao_de_dois_estados.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2847/repudio_al_desmantelamiento_del_programa_de_cuidados_paliativos..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2849/npr_221-2025_pdecl._de_repudio_al_desmantelamiento_del_programa_de_cuidados_paliativos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2850/npr_223-2025_pdecl._de_repudio_a_la_resolucion_187-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2852/npr_225-2025_pdecl.__de_repudio_al_desmantelamiento_de_la_secretaria_de_dd._hh.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2853/npr_226-2025_pdecl._de_repudio_a_la_resolucion_187-25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2854/npr_227-2025_pde_592025_pdecl._su_preocupacion_ante_los_informes_presentados_mision_internacional_de_especialistas_en_derechos_humanos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2855/npr_228-2025_pde_602025_repudio_a_las_incitaciones_antidemocraticas_y_violentas_en_rr.ss._contra_el_congreso_nacional_argentino.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2856/npr_229-2025_pde_612025_pdecl._de_repudio_a_las_acciones_judiciales_del_pdte._j._milei_contra_periodistas_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2857/npr_230-2025_pdecl._preocupacion_del_pm_ante_la_situacion_de_vulneracion_de_los_ddhh_del_pueblo_annobones_en_la_isla_de_annobon.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2858/npr_231-2025_pdecl._preocupacion_por_las_recientes_modificaciones_institucionales_al_instituto_nacional_de_vitivinicultura_inv_en_la_republica_argentina.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2859/npr_232-2025_pde_642025_pdecl._repudio_a_las_declaraciones_del_netanyahu.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2860/npr_233-2025_pde_65-2025_pdecl._repudio_del_pm_a_iniciativas_britanicas_de_injerencia_cultural_y_legitimacion_colonial_en_las_islas_malvinas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2861/npr_234-2025_pde_662025_de_respaldo_a_la_opinion_consultiva_oc-32_del_2025_de_la_cidh.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2863/npr_238-2025_pde_672025_pdecl._de_adhesion_del_pm_al_llamamiento_de_la_red_iberoamericana_de_parlamentarios_contra_el_hambre_la_seguridad_alimentaria_y_la_malnutricion_ante_la_grave_situacion_en_gaza.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2864/npr_239-2025_pde_682025_pdecl._su_preocupacion_por_la_derogacion_en_la_republica_argentina_de_la_ley_de_promocion_de_las_pymes_y_del_programa_nacional_de_apoyo_al_empresariado_joven.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2865/npr_240-2025_pde_692025_pdecl._de_interes_social_y_legislativo_del_parlamento_del_mercosur_el_12_de_agosto_como_dia_de_la_visibilidad_de_las_personas_con_vih_en_argentina22.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2866/npr_241-2025_pde_702025_pdecl._de_interes_cultural_y_educativo_del_mercosur_la_diplomatura_en_cooperativismo_cultural._pdf.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2867/npr_244-2025_pde_712025_pdecl._ciudadano_ilustre_del_mercosur_a_santiago_andres_maldonado_y_de_interes_regional_del_mercosur_el_libro_22olvidar_es_imposible._santiago_mi_hermano22_de_sergio_maldonado..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2868/npr_245-2025_pde_722025_pdecl._su_condena_al_asesinato_del_senador_colombiano_miguel_uribe_turbay.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2870/npr_247-2025_pde_732025_pdecl._repudio_y_preocupacion_por_la_decision_del_gobierno_argentino_de_retirar_su_candidatura_al_consejo_de_ddhh_de_las_nnuu_para_el_periodo_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2873/npr_251-2025_pde_742025_pdecl._en_defensa_de_la_democracia_y_el_estado_de_derecho_en_bolivia..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2874/npr_253-2025_pde_752025_pdecl._de_interes_cultural_el_libro_22muerta_o_presa_-_la_trama_violenta_detras_del_atentado22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2875/npr_256-2025_pde_762025_pdecl._de_interes_del_parlamento_el_xxxv_seminario_internacional_de_puertos_y_vias_navegables_de_globalports_dedicada_a_22el_futuro_de_la_hidrovia22_.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2876/npr_258-2025_pde_77_pdecl._de_interes_regional_del_mercosur_la_edicion_2025_del_concurso_de_fotografia_y_de_reels_sobre_gastronomia_tradicional_de_los_estados_parte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2877/npr_259-2025_pde_782025_pdecl._de_interes_regional_del_mercosur_la_fecha_del_12_de_junio_como_22dia_de_la_paz_del_chaco22.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2878/npr_260-2025_pde_792025_pdecl._de_interes_regional_del_mercosur_la_festividad_religiosa_y_cultural_de_tanarandy_celebrada_en_san_ignacio_guazu_paraguay.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2880/npr_262-2025_pde_802025_pdecl._repudio_a_las_manifestaciones_xenofobicas_y_discriminadoras_de_una_senadora_chilena_hacia_el_pueblo_boliviano.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2886/npr_271-2025_pde_812025_pdecl._22de_beneplacito_sobre_el_respaldo_de_la_asamblea_general_de_la_onu_a_la_declaracion_de_nueva_york_para_una_solucion_pacifica_y_biestatal_del_conflicto_palestino-israeli22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2887/npr_272-2025_pde_822025_pdecl._22de_interes_del_mercosur_de_la_22fiesta_de_la_hermandad22_como_simbolo_de_integracion_cultural_regional22_presentado_por_la_parlamentaria_marina_femenia_el_180925.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2893/npr_278-2025_pde_832025_reconocimiento_al_fotografo_y_documentalista_argentino_nicolas_marin.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2903/npr_292-2025_pde_842025__declaracion_de_repudio_a_la_situacion_de_politicas_educativas_argentina.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2904/npr_293-2025_pde_852025_de_interes_educativo_de_la_guia_ema..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2905/npr_294-2025_pde_862025_homenaje_al_embajador_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2716/npr_47-2025_prec._institucionalizar_la_mediacion_escolar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2720/npr_53-2025_prec__emergencia_bahia_blanca.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2725/npr_58-2025_prec._regulacion_del_trabajo_en_plataformas_digitales.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2726/npr_59-2025_prec_projeto_dispositivos_eletronicos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2729/npr_71-2025_prec.__para_a_reducao_e_equiparacao_das_taxas_aeroportuarias_para_voos_comerciais_dentro_do_mercosul.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2732/npr_74-2025_prec._promocion_del_empleo_verde_en_el_mercosur.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2733/npr_75-2025_prec._consolidacion_de_la_educacion_integral_en_sexualidad_como_politica_publica_regional.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2739/npr_85-2025_prec_ventanillas_de_entrada_en_aeropuertos_para_nacionales_y_extranjeros_residentes_en_los_ep_y_asociados_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2746/npr_98_prec_fortalecimiento_de_la_diplomacia_economica_y_la_coordinacion_comercial_regional_frente_a_las_politicas_de_los_estados_unidos_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2748/npr_104-2025_prec_creacion_del_aeropuerto_internacional_de_punta_pora_br_y_pedro_juan_caballero_py.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2753/npr_112-2025_prec__reconocimiento_y_la_institucionalizacion_del_10_de_junio_como_dia_de_la_solidaridad_latinoamericana_y_caribena_con_las_islas_malvinas_argentinas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2817/npr_187-2025_prec._reclasificacion_y_armonizacion_de_equipamiento_y_la_nomenclatura_de_elementos_utilizados_en_los_parques_de_diversiones.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2822/npr_192-2025_prec._cumplimiento_del_mandato_de_la_corte_penal_internacional.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2835/npr_207-2025_prec._proteccion_de_la_identidad_y_la_imagen_personal_frente_a_la_manipulacion_digital_y_los_contenidos_digitales_manipulados_22deepfakes22.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2838/npr_211-2025_prec_incorporacion_del_caracter_vinculante_a_las_decisiones_parlamentarias.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2839/npr_212-2025_prec._inclusion_de_la_bandera_del_mercosur_en_instituciones_publicas_de_los_estados_partes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2842/npr_217-2025_prec._reconocimiento_regional_de_la_provincia_archipelagica_de_tierra_del_fuego_antartida_e_islas_del_atlantico_sur_como_eje_estrategico_del_atlantico_sur.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2843/npr_218-2025_prec._instituir_programa__mercosul_de_incentivo_as_cadeias_produtivas_sustentaveis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2844/npr_219-2025_prec__rede_mercosul_de_protecao_as_mulheres_em_situacao_de_violencia_nas_fronteiras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2862/npr_235-2025_pre_202025_prec._diseno_de_una_agenda_regional_sobre_economia_plateada_y_envejecimiento_activo_en_el_mercosur..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2869/npr_246-2025_pre_212025_prec._declarar_al_cartel_de_los_soles_como_organizacion_terrorista.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2888/cell_broadcast.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2889/bacias_hidro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2890/educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2891/estrategia_regional.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2892/sistemas_alimentares.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2894/npr_280-2025_pre_222025__extension_de_la_jornada_escolar_en_el_nivel_primario-fundamental-basico_en_el_mercosur.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2895/npr_282-2025_pre_232025_impulso_del_diseno_y_desarrollo_de_la_ruta_de_la_yerba_mate_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2896/npr_283-2025_pre_292025_relacionamiento_de_manera_instituciona_del_programa_parlamento_juvenil_del_mercosur_con_el_pm_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2897/npr_284-2025_pre_302025_creacion_de_la_comision_yerba_mate_en_el_sub-grupo_de_trabajo_n8_22agricultura22_sgt_n_8.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2715/mercosul_pm_disp.__2025_-_que_denomina_o_plenario_do_parlamento_do_mercosul_como_plenario_jose_alberto_pepe_mujica.docx.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2718/npr_50-2025_pdisp_calendario_de_sesiones_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2736/npr_78-2025_pdisp._creacion_del_observartorio_de_la_inmigracion_como_comision_temporaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2741/npr_89-2025_pdisp_reclamo_al_gobierno_de_venezuela_el_cumplimiento_de_las_normas_internacional_de_asilo_politico.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2813/npr_175-2025_pdisp._proyecto_escazu.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2826/npr_197-2025_antisemitismo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2871/npr_248-2025_pdi_72025_pdisp._declara_jayme_caetano_braun_e_outos_os_quatro_troncos_missioneiros_como_patronos_da_musica_nativista_no_ambito_do_mercosul.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2872/npr_249-2025_pdi_82025_pdisp.__pepe_mujica_o_titulo_de_patrono_da_democracia_e_da_integracao_latino-americana_medalla_del_merito_democratico_v2.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2706/npr_11-2025_pedido_de_informes_al_consejo_del_mercado_comun_cmc_sobre_el_vuelo_militar_britanico_airbus_400m_atlas_detectado_en_el_atlantico_sur.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2703/npr_3-2025_infcom_12025_0124_cdef_131224_de_varias_propuestas20_para_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2713/npr_22-2025_infcom_022025__cpresp_092024__del_nprot_2362022_del_070922_por_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2714/npr_23-2025_infcom_032025_cpresp_102024__npr_237-2022_pde_442022_por_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2719/npr_50-2025_pdisp_calendario_de_sesiones_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2758/npr_119-2025_infcom_52025_ctrasn2025_npr_310-2024_pre_262024_aprob.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2759/npr_120-2025_infcom_062025_ctra_sn2025_por_la_aprobacion_del_npr_373-2024_pre_292024_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2760/npr_121-2025_infcom_072025_cedu_012025_archivo_del_npr_310-2023_pde_432023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2761/npr_122-2025_infcom_082025_cedu_022025_por_la_aprobacion_con_modificaciones_de_los_npr_370-2023_pde_472023_npr_371-2023_pde_482023_npr_372-2023_pde_492023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2762/npr_123-2025_infcom_092025_cedu_032025_por_el_archivo_del_npr_389-2023_pde_50-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2763/npr_124-2025_infcom_092025_cedu_042025_por_la_aprobacion_con_modificaciones_del_npr_455-2023_pre_222023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2764/npr_125-2025_infcom_112025_cedu_52025_por_la_aprobacion_con_modificaaciones_del_npr_463-2023_pde_522023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2765/npr_126-2025_infcom_122025_cedu_062025_del_230525_por_la_aprobacion_del_npr_682024_pde_172024_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2766/npr_128-2025_infcom_132025_cedu_172025_del_230525_por_la_aprobacion_del_npr_208-2024_pre_132024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2767/npr_129-2025_infcom_142025_cedu_182025_del_230525_por_la_aprobacion_con_modificaciones_del_npr_215-2024_pde_412024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2768/npr_130-2025_infcom_152025_cedu_072025_del_230525_por_el_archivo_del_npr_83-2024_pde_202024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2769/npr_131-2025_infcom_162025_cedu_082025_por_la_aprobacion_del_npr_85-2024_pde_212024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2770/npr_132-2025_infcom_172025_cedu_102025_por_la_aprobacion_del_npr_2122023_pde_342023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2771/npr_133-2025_infcom_182025_cedu_112025_por_el_archivo_de_la_nt_552024_.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2772/npr_134-2025_infcom_192025_cedu_122025_por_la_aprobacion_del_npr_130-2024_pre_052024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2773/npr_135-2025_infcom_202025_cedu_132025_por_la_aprobacion_del_npr_133-2024_pdi_112024_.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2774/npr_136-2025_infcom_212025_cedu_142025_por_el_archivo_del_npr_149-2024_pde_282024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2775/npr_137-2025_cedu_152025_por_la_aprobacion_del_npr_1442024_pre082024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2776/npr_138-2025_infcom_232025_cedu_162025_por_la_aprobacion_del_npr_1682024_pde_332024_.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2777/npr_139-2025_infcom_24_cedu_192025_por_el_archivo_del_npr_218-2024_pde_422024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2778/npr_140-2025_infcom_252025_cedu_202025_por_la_aprobacion_del_npr_173-2024_pre_092024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2779/npr_141-2024_infcom_262025_cedu_212025_por_la_aprobacion_del_npr_174-2024_pdi_142024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2780/npr_142-2024_infcom_272025_cedu_222025_por_el_archivo_del_npr_2372024_pde_522024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2781/npr_143-2025_infcom_282025_cedu_232025_por_la_aprobacion_del_npr_238-2024_pre_152024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2782/npr_144-2025_infcom_292025_cedu_242025_por_la_aprobacion_del_npr_244-2024_pre_162024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2783/npr_145-2025_infcom_302025_cedu_252025_por_la_aprobacion_del_npr_259-2024_pde_582024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2784/npr_146-2025_infcom_312025_cedu_262025_por_la_aprobacion_del_npr_260-2024_pde_592024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2785/npr_147-2025_infcom_322025_cedu_272025_por_la_aprobacion_del_npr_261-2024_pde_602024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2786/npr_148-2025_infcom_332025_cedu_282025_por_la_aprobacion_del_npr_285-2024_pde_632024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2787/npr_149-2025_infcom_342025_cedu_292025_por_la_aprobacion_del_npr_291-2024_pre_222024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2788/npr_150-2024_infcom_352025_cedu_302025_por_la_aprobacion_del_npr_292-2024_pre_232024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2789/npr_151-2025_infcom_362025_cedu_312025_por_la_aprobacion_del_npr_305-2024_pre_242024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2790/npr_152-2024_infcom_372024_cedu_322024_por_la_aprobacion_con_modificaciones_del_npr_313-2024_pde_662024_.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2791/npr_153-2025_infcom_382025_cedu_332025_por_la_aprobacion_del_npr_319-2024_pde_692024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2792/npr_154-2025_infcom_392025_cedu_342025_por_la_aprobacion_con_modificaciones_del_npr_321-2024_pde_712024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2793/npr_155-2025_infcom_402025_cedu_352025_por_el_archivo_del_npr_328-2024_pde_722024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2794/npr_156-2025_infcom_412025_cedu_362025_por_la_aprobacion_del_npr_360-2024_pde_802024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2795/npr_157-2025_infcom_422025_cedu_372025_por_la_aprobacion_del_npr_379-2024_pde_862024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2796/npr_158-2025_infcom_432025_cedu_382025_por_la_aprobacion_del_npr_381-2024_pde_872024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2797/npr_159-2025_infcom_442025_cedu_392025_por_la_aprobacion_del_npr_18-2025_pde_062025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2798/npr_160-2025_infcom_452025_cedu_402025_por_la_aprobacion_del_npr_47-2025_pre_012025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2799/npr_161-2025_infcom_462025_cedu_412025_por_la_aprobacion_del_npr_55-2025_pde_112025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2800/npr_162-2025_infcom_472025_422025_por_la_aprobacion_del_npr_57-2025_pde_132025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2801/npr_163-2025_infcom_482025_cedu_432025_por_la_aprobacion__del_npr_75-2025_pre_072025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2802/npr_164-2025_infcom_492025_cedu_442025_por_la_aprobacion_del_npr_92-2025_pde_232025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2803/npr_165-2025_infcom_502025_cedu_452025_por_la_aprobacion_del_npr_93-2025_pde_242025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2804/npr_166-2025_infcom_512025_cedu_462025_por_la_aprobacion_del_npr_94-2025_pde_252025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2805/npr_167-2025_infcom_522025_cedu_472025_por_la_aprobacion_del_npr_107-2025_pde_292025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2806/npr_168-2025_infcom_532025_cedu_482025_por_la_aprobacion_del_npr_108-2025_pde_302025_.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2807/npr_169-2025_infcom_542025_cedu_492025_por_la_aprobacion_del_npr_112-2025_pre_112025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2808/npr_170-2025_infcom_502025_cedu_502025_por_la_aprobacion_del_npr_111-2025_pde_312025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2827/npr_198-2025_infcom_562025_cddhh_sn2025_060525_aprobacion_npr_13-2025_pde_042025_300125.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2828/npr_199-2025_infcom_572025_cddhh_aprobacion_npr_60-2025_pde_142025_.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2829/npr_200-2025_infcom_582025_cddhh_sn2025_aprobacion_npr_15-2025_pde_052025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2830/npr_201-2025_infcom_592025_cddhh_sn2025_aprobacion_npr_09-2025_pde_012025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2831/npr_202-2025_infcom_602025_aprobacion_npr_18-2025_pde_062025_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2881/npr_266-2025_infcom_612025_ceco_01150925_aprobacion_npr_882025_pde_222025_del_220425.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2882/npr_267-2025_infcom_622025_ceco_2150925_aprobacion_npr_113-2025_pde_322025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2883/npr_268-2025_infcom_632025_ceco_03150925_del_180925_por_la_aprobacion_del_npr_732025_pde_172025_del_270325.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2884/npr_269-2025_infcom_642025_ceco_04150925_del_180925_por_la_aprobacion_del_npr_982025_pre_92025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2885/npr_270-2025_infcom_652025_ceco_05150925_del_180925_por_la_aprobacion_del_npr_54-2025_pde_102025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2906/npr_295-2025_infcom_662025_cdrs_012025_aprobacion_con_modificaciones_del_npr_95-2024_pde_232024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2907/npr_296-2025_infcom_672025_cdrs_022025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_152025_pde_052025_del_310125.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2809/npr_171-2025_nc_12025_acta_de_la_reunion_de_ceco_y_solicitud.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2810/npr_172-2025_nc_022025_acta_22025_de_la_cedu_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2811/npr_173-2025_nc_032025_acta_012025_de_la_reunion_de_la_cedu_del_160525_presentada_el_230525.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2812/npr_170-2025_infcom_502025_cedu_502025_por_la_aprobacion_del_npr_111-2025_pde_312025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2815/npr_182-2025_acta_de_la_cint_del_090625.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2818/npr_188-2025_nota_of.db.001.2025_-_integracao-comissao-acordo-mercosul-ue.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2898/npr_285-2025_nc_72025_res._n794_-_integracion_parlamento_del_mercosur_senado_de_paraguay.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2899/npr_288-2025_nc_82025_of._10225_-_comunicacion_de_integracion_de_comisiones_de_parlamentarios_brasilenos_presentado_el_011025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2902/npr_291-2025_nc_010_2025_nomina_de_integracion_de_comisiones.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2879/npr_261-2025_ppn_012025_pproynorm_elaboracion_de_un_plan_regional_de_minerales_estrategicos_para_el_mercosur_premem.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2704/npr_9-2025_pdecl_repudia_el_desmantelamiento_de_la_secretaria_de_ddhh_de_la_nacion_argentina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2705/npr_10-2025_pdecl_repudio_al_vaciamiento_del_h._laura_bonaparte_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2707/npr_12-2025_pdecl_reconocimiento_al_instituto_biologico_dr._tomas_peron_como_referente_en_la_produccion_estatal_de_medicamentos_y_productos_biologicos_esenciales.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2708/npr_13-2025_pdecl._de_repudio_al_discurso_del_presidente_argentino_javier_milei_en_el_foro_economico_de_davos_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2709/npr_15-2024_pdecl._defensa_del_derecho_a_las_migracion_y_repudio_a_toda_medida_de_criminalizacion_de_las_personas_migrantes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2710/npr_18-2025_pdecl_beneplacito_por_el_dia_internacional_del_acceso_universal_a_la_informacion.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2711/npr_19-2025_pdecl_de_repudio_ante_la_inaccion_del_gobierno_argentino_frente_a_los_incendios_en_la_patagonia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2712/npr_20-2025_pdecl._repudio_ante_la_decision_del_gobierno_argentino_de_retirarse_de_la_organizacion_mundial_de_la_salud_oms" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2717/npr_48-2025_pdecl._dichos_del_pdte._javier_milei_acerca_del_retiro_del_mercosur_por_parte_de_la_rca._argentina.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2721/npr_54-2025_pdecl_de_interes_fortalecimiento_de_la_gestion_y_la_valoracion_de_residuos_organicos_alimentarios.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2722/npr_55-2025_pdecl_de_interes_la_xxiii_edicion_de_la_fiesta_nacional_de_las_destrezas_criollas_y_el_folklore.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2723/npr_56-2025_pdecl._de_interes_el_foro_economico_internacional_de_la_caf_realizado_en_panama..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2724/npr_57-2025_pdecl._de_interes__22la_gesta_historica_del_cruce_de_los_andes22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2727/npr_60-2025_pdecl._crisis_humanitaria_en_la_rep._democratica_del_congo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2728/npr_69-2025_pdecl_repudio_a_la_reincorporacion_de_cuba_a_la_lista_de_estados_patrocinadores_del_terrorismo_por_el_gobierno_de_los_estados_unidos_de_america.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2730/npr_72-2025_pdecl._de_repudio_por_la_instalacion_de_una_base_militar_norteamericana_en_las_islas_galapagos..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2731/npr_73-2025_pdecl._beneplacito_por_el_dictamen_de_pia_s_las_irregularidades_de_la_concesion_de_trabajos_en_la_hidrovia..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2734/npr_76-2025_pdecl._repudio_al_decreto_de_necesidad_y_urgencia_n_179-2025_por_su_impacto_regresivo_en_los_derechos_humanos_y_la_soberania_del_pueblo_argentino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2735/npr_77-2025_pdecl._de_interes_regional_la_lucha_contra_la_enfermedad_de_alzheimer_y_otras_demencias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2737/npr_79-2025_pdecl._de_interes_regional_educativo_y_social_a_la_editorial_abrecascarones_y_a_su_metodo_de_diagramacion_didactica..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2738/npr_82-2025_pdecl._de_repudio_a_las_expresiones_del_pdte._javier_milei_sobre_la_cuestion_malvinas_en_el_dia_del_veteranoy_de_los_caidos_en_la_guerra_de_las_malvinas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2740/npr_88-2025_pdecl._de_beneplacito_por_el_acuerdo_alcanzado_por_los_cancilleres_de_los_estados_parte_del_mercosur_el_11_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2742/npr_92-2025_pdecl_de_interes_el_programa_de_television_a_que_jugamos_como_iniciativa_cultural_y_educativa_innovadora.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2743/npr_93-2025_pdecl._de_reconocimiento_al_equipo_22andes_robotics22_del_colegio_tomas_alva_edison.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2744/npr_94-2025_pdecl._de_interes_del_parlamento_del_mercosur_a_la_guia_de_campo_ilustrada_sobre_el_vino_de_mendoza.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2745/npr_95-2025_pdecl_repudio_a_la_inclusion_de_la_dra._cristina_fernandez_de_kirchner_en_listados_de_sanciones_de_la_seccion_7031_c.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2747/npr_99-2025_pdecl._de_repudio_a_las_declaraciones_de_la_titular_del_fondo_monetario_internacional_en_defensa_de_la_soberania_y_la_democracia_del_pueblo_argentino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2749/npr_106-2025_pdecl._del_pm_ante_el_fallecimiento_de_ss_papa_francisco.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2750/npr_107-2025_pdecl.__de_interes_del_pm_el_documental_22danielito_la_pelicula22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2751/npr_108-2025_pdecl.__de_interes_congreso_nacional_desarrollo_inteligente__educacion_y_tecnologia_para_regiones_competitivas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2752/npr_111-2025declarar_el_10_de_junio_como_el_dia_de_la_solidaridad_latinoamericana_y_caribena_con_las_islas_malvinas_argentinas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2754/npr_113-2025_pdecl_reunion_de_ministros_de_rree_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2755/npr_114-2025_pdecl._reforma_migratoria_argentina.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2756/npr_117-2025_pdecl._preocupacion_por_la_persecucion_politica_judicial_contra_andres_arauz.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2757/npr_118-2024_pdecl._sobre_la_grave_situacion_humanitaria_y_de_derechos_humanos_en_los_territorios_palestinos_ocupados.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2814/npr_176-2025_pdecl._beneplacito_por_el_acuerdo_en_la_reunion_de_ministros_de_seguridad_e_interior_del_mercosur_durante_la_ppt_argentina_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2816/npr_184-2025_pdecl__sobre_la_preocupacion_del_pm_ante_la_situacion_del_inta_rep._argentina.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2819/npr_189-2025_pdecl.__de_repudio_contra_la_proscripcion_de_cristina_fernandez_de_kirschner_y_en_defensa_de_la_democracia_argentina.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2820/npr_190-2025_pdecl.__repudio_y_designacion_como_personas_no_gratas_en_el_ambito_del_parlamento_del_mercosur_de_los_jueces_de_la_csj_de_la_nacion_argentina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2821/npr_191-2025_pdecl._necesidad_de_resolver_el_conflicto_en_medio_oriente_a_traves_de_la_diplomacia_y_el_derecho_internacional.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2823/npr_194-2025_pdecl._preocupacion_por_la_reforma_al_codigo_de_la_democracia_de_la_rca._del_ecuador.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2824/npr_195-2025_pdecl._respaldo_al_compromiso_de_sevilla_para_avanzar_en_la_concrecion_de_la_agenda_2030.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2825/npr_196-2025_pdecl._repudio_al_intento_de_intromision_judicial_extranjera_contra_la_soberania_de_la_rca._argentina.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2832/npr_203-2025_pdecl_repudio_a_las_detenciones_ilegitimas_a_militantes_politicos_por_parte_del_regimen_de_j._milei_y_a_la_criminalizacion_de_la_protesta_social.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2833/npr_204-2025_pdecl._de_repudio_a_la_disolucion_de_la_dgv_argentina_y_en_defensa_de_la_integracion_regional_la_infraestructura_estrategica_y_el_desarrollo_regional.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2834/npr_205-2025_pdecl._repudio_a_la_politica_injerencista_del_presidente_trump.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2836/npr_208-2025_pdecl._de_repudio_energicamente_el_bombardeo_perpetrado_contra_la_iglesia_de_la_sagrada_familia_en_gaza.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2837/npr_209-2025_pdecl._de_prioridad_regional_la_ejecucion_del_puente_internacional_mision_la_paz_argentina__pozo_hondo_paraguay_en_el_marco_del_corredor_bioceanico_vial_norte.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2840/npr_213-2025_pdecl._de_repudio_a_las_declaraciones_colonialistas_e_injerencistas_del_embajador_designado_por_estados_unidos_sr._peter_lamelas_y_solicitud_de_que_sea_declarado_persona_no_grata_en_el_ambito_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2841/npr_214-2025_pdecl._de_preocupacion_por_la_situacion_de_los_derechos_humanos_frente_a_politicas_de_ajuste_y_regresividad_en_la_republica_argentina.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2845/npr_220-2025_pdecl._reconhecimento_do_estado_da_palestina_pela_comunidade_internacional_e_reforco_do_compromisso_do_mercosul_com_a_solucao_de_dois_estados.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2847/repudio_al_desmantelamiento_del_programa_de_cuidados_paliativos..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2849/npr_221-2025_pdecl._de_repudio_al_desmantelamiento_del_programa_de_cuidados_paliativos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2850/npr_223-2025_pdecl._de_repudio_a_la_resolucion_187-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2852/npr_225-2025_pdecl.__de_repudio_al_desmantelamiento_de_la_secretaria_de_dd._hh.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2853/npr_226-2025_pdecl._de_repudio_a_la_resolucion_187-25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2854/npr_227-2025_pde_592025_pdecl._su_preocupacion_ante_los_informes_presentados_mision_internacional_de_especialistas_en_derechos_humanos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2855/npr_228-2025_pde_602025_repudio_a_las_incitaciones_antidemocraticas_y_violentas_en_rr.ss._contra_el_congreso_nacional_argentino.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2856/npr_229-2025_pde_612025_pdecl._de_repudio_a_las_acciones_judiciales_del_pdte._j._milei_contra_periodistas_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2857/npr_230-2025_pdecl._preocupacion_del_pm_ante_la_situacion_de_vulneracion_de_los_ddhh_del_pueblo_annobones_en_la_isla_de_annobon.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2858/npr_231-2025_pdecl._preocupacion_por_las_recientes_modificaciones_institucionales_al_instituto_nacional_de_vitivinicultura_inv_en_la_republica_argentina.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2859/npr_232-2025_pde_642025_pdecl._repudio_a_las_declaraciones_del_netanyahu.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2860/npr_233-2025_pde_65-2025_pdecl._repudio_del_pm_a_iniciativas_britanicas_de_injerencia_cultural_y_legitimacion_colonial_en_las_islas_malvinas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2861/npr_234-2025_pde_662025_de_respaldo_a_la_opinion_consultiva_oc-32_del_2025_de_la_cidh.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2863/npr_238-2025_pde_672025_pdecl._de_adhesion_del_pm_al_llamamiento_de_la_red_iberoamericana_de_parlamentarios_contra_el_hambre_la_seguridad_alimentaria_y_la_malnutricion_ante_la_grave_situacion_en_gaza.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2864/npr_239-2025_pde_682025_pdecl._su_preocupacion_por_la_derogacion_en_la_republica_argentina_de_la_ley_de_promocion_de_las_pymes_y_del_programa_nacional_de_apoyo_al_empresariado_joven.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2865/npr_240-2025_pde_692025_pdecl._de_interes_social_y_legislativo_del_parlamento_del_mercosur_el_12_de_agosto_como_dia_de_la_visibilidad_de_las_personas_con_vih_en_argentina22.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2866/npr_241-2025_pde_702025_pdecl._de_interes_cultural_y_educativo_del_mercosur_la_diplomatura_en_cooperativismo_cultural._pdf.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2867/npr_244-2025_pde_712025_pdecl._ciudadano_ilustre_del_mercosur_a_santiago_andres_maldonado_y_de_interes_regional_del_mercosur_el_libro_22olvidar_es_imposible._santiago_mi_hermano22_de_sergio_maldonado..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2868/npr_245-2025_pde_722025_pdecl._su_condena_al_asesinato_del_senador_colombiano_miguel_uribe_turbay.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2870/npr_247-2025_pde_732025_pdecl._repudio_y_preocupacion_por_la_decision_del_gobierno_argentino_de_retirar_su_candidatura_al_consejo_de_ddhh_de_las_nnuu_para_el_periodo_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2873/npr_251-2025_pde_742025_pdecl._en_defensa_de_la_democracia_y_el_estado_de_derecho_en_bolivia..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2874/npr_253-2025_pde_752025_pdecl._de_interes_cultural_el_libro_22muerta_o_presa_-_la_trama_violenta_detras_del_atentado22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2875/npr_256-2025_pde_762025_pdecl._de_interes_del_parlamento_el_xxxv_seminario_internacional_de_puertos_y_vias_navegables_de_globalports_dedicada_a_22el_futuro_de_la_hidrovia22_.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2876/npr_258-2025_pde_77_pdecl._de_interes_regional_del_mercosur_la_edicion_2025_del_concurso_de_fotografia_y_de_reels_sobre_gastronomia_tradicional_de_los_estados_parte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2877/npr_259-2025_pde_782025_pdecl._de_interes_regional_del_mercosur_la_fecha_del_12_de_junio_como_22dia_de_la_paz_del_chaco22.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2878/npr_260-2025_pde_792025_pdecl._de_interes_regional_del_mercosur_la_festividad_religiosa_y_cultural_de_tanarandy_celebrada_en_san_ignacio_guazu_paraguay.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2880/npr_262-2025_pde_802025_pdecl._repudio_a_las_manifestaciones_xenofobicas_y_discriminadoras_de_una_senadora_chilena_hacia_el_pueblo_boliviano.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2886/npr_271-2025_pde_812025_pdecl._22de_beneplacito_sobre_el_respaldo_de_la_asamblea_general_de_la_onu_a_la_declaracion_de_nueva_york_para_una_solucion_pacifica_y_biestatal_del_conflicto_palestino-israeli22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2887/npr_272-2025_pde_822025_pdecl._22de_interes_del_mercosur_de_la_22fiesta_de_la_hermandad22_como_simbolo_de_integracion_cultural_regional22_presentado_por_la_parlamentaria_marina_femenia_el_180925.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2893/npr_278-2025_pde_832025_reconocimiento_al_fotografo_y_documentalista_argentino_nicolas_marin.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2903/npr_292-2025_pde_842025__declaracion_de_repudio_a_la_situacion_de_politicas_educativas_argentina.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2904/npr_293-2025_pde_852025_de_interes_educativo_de_la_guia_ema..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2905/npr_294-2025_pde_862025_homenaje_al_embajador_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2922/npr_315-2025_pde_872025_pdecl._dee_apoyo_al_proyecto_cart_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2929/npr_322-2025_pde_882025_pdecl._22repudio_a_la_injerencia_de_los_ee._uu._en_los_asuntos_internos_de_la_rca._argentina_del_201025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2930/npr_323-2025_pde_892025_del_201025pdecl._22de_interes_regional_para_el_mercosur_el_desarrollo_nuclear_argentino22_.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2959/npr_352-2025_pde_902025_pdecl._del_061125_22interes_del_pm_la_jornada_universitaria_malvinas_nos_unne22._soberania_y_memoria22_presentado_por_los_parlamentarios_raul_bittel_yesica_taborda..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2960/npr_356-2025_pde_912025_pdecl_de_fecha_071125_22de_interes_del_libro_mundializar_la_igualdad._politica_exterior_feminista_desde_america_latina2222.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2962/npr_358-2025_pde_922025_pdecl._del_081125_22promocion_de_una_ley_regional_de_etiquetado_frontal_en_el_mercosur22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2963/npr_359-2025_pde_932025_pdecl._del_101125_22de_interes_el_libro_las_mujeres_y_la_institucionalidad_del_mercosur22.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2965/npr_361-2025_pde_942025_pdecl._del_121125_22beneplacito_por_la_conferencia_de_consenso_para_una_agenda_antimafia_del_mercosur-_cooperacion_transnacional_y_asistencia_tecnica_para_su_fortalecimiento_institucional_del_06112522.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2971/npr_367-2025_pde_952025_pdecl_del_141125_22rechazo_a_las_calificaciones_de_narcoterrorismo_impuestas_por_terceros_paises_por_fuera_de_los_estados_parte_del_mercosur22.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2975/npr_371-2025_pde_962025_del_171125._pdecl._tributo_al_papa_francisco_por_la_10_anos_de_la_enciclica_laudato_si_presentado_por_los_parlamentarios_raul_bittel_y_matias_sotomayor..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2981/npr_377-2025_pde_972025_pdecl._22zona_libre_de_trafico_de_fauna_silvestre_y_trofeos_de_caza22.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2983/npr_379-2025_pde_982025_pdecl._del_251125_22concurso_de_ensayos_malvinas..._porque_esto_tiene_otra_llave._soberania_identidad_y_territorio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2990/npr_386-2025_pde_992025_del_121225_22semana_latinoamericana_de_sensibilizacion_sobre_la_epilepsia_.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2992/npr_388-2025_pde_1002025_pdecl.__22retroceso_en_las_politicas_de_ciencia_y_tecnologia_en_argentina22.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2993/npr_389-2025_pde_1012025_pdecl._22en_defensa_de_la_soberania_y_la_no_injerencia_en_america_latina_y_el_caribe22.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2716/npr_47-2025_prec._institucionalizar_la_mediacion_escolar.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2720/npr_53-2025_prec__emergencia_bahia_blanca.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2725/npr_58-2025_prec._regulacion_del_trabajo_en_plataformas_digitales.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2726/npr_59-2025_prec_projeto_dispositivos_eletronicos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2729/npr_71-2025_prec.__para_a_reducao_e_equiparacao_das_taxas_aeroportuarias_para_voos_comerciais_dentro_do_mercosul.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2732/npr_74-2025_prec._promocion_del_empleo_verde_en_el_mercosur.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2733/npr_75-2025_prec._consolidacion_de_la_educacion_integral_en_sexualidad_como_politica_publica_regional.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2739/npr_85-2025_prec_ventanillas_de_entrada_en_aeropuertos_para_nacionales_y_extranjeros_residentes_en_los_ep_y_asociados_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2746/npr_98_prec_fortalecimiento_de_la_diplomacia_economica_y_la_coordinacion_comercial_regional_frente_a_las_politicas_de_los_estados_unidos_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2748/npr_104-2025_prec_creacion_del_aeropuerto_internacional_de_punta_pora_br_y_pedro_juan_caballero_py.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2753/npr_112-2025_prec__reconocimiento_y_la_institucionalizacion_del_10_de_junio_como_dia_de_la_solidaridad_latinoamericana_y_caribena_con_las_islas_malvinas_argentinas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2817/npr_187-2025_prec._reclasificacion_y_armonizacion_de_equipamiento_y_la_nomenclatura_de_elementos_utilizados_en_los_parques_de_diversiones.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2822/npr_192-2025_prec._cumplimiento_del_mandato_de_la_corte_penal_internacional.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2835/npr_207-2025_prec._proteccion_de_la_identidad_y_la_imagen_personal_frente_a_la_manipulacion_digital_y_los_contenidos_digitales_manipulados_22deepfakes22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2838/npr_211-2025_prec_incorporacion_del_caracter_vinculante_a_las_decisiones_parlamentarias.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2839/npr_212-2025_prec._inclusion_de_la_bandera_del_mercosur_en_instituciones_publicas_de_los_estados_partes.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2842/npr_217-2025_prec._reconocimiento_regional_de_la_provincia_archipelagica_de_tierra_del_fuego_antartida_e_islas_del_atlantico_sur_como_eje_estrategico_del_atlantico_sur.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2843/npr_218-2025_prec._instituir_programa__mercosul_de_incentivo_as_cadeias_produtivas_sustentaveis.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2844/npr_219-2025_prec__rede_mercosul_de_protecao_as_mulheres_em_situacao_de_violencia_nas_fronteiras.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2862/npr_235-2025_pre_202025_prec._diseno_de_una_agenda_regional_sobre_economia_plateada_y_envejecimiento_activo_en_el_mercosur..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2869/npr_246-2025_pre_212025_prec._declarar_al_cartel_de_los_soles_como_organizacion_terrorista.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2888/cell_broadcast.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2889/bacias_hidro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2890/educacao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2891/estrategia_regional.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2892/sistemas_alimentares.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2894/npr_280-2025_pre_222025__extension_de_la_jornada_escolar_en_el_nivel_primario-fundamental-basico_en_el_mercosur.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2895/npr_282-2025_pre_232025_impulso_del_diseno_y_desarrollo_de_la_ruta_de_la_yerba_mate_del_mercosur.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2896/npr_283-2025_pre_292025_relacionamiento_de_manera_instituciona_del_programa_parlamento_juvenil_del_mercosur_con_el_pm_.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2897/npr_284-2025_pre_302025_creacion_de_la_comision_yerba_mate_en_el_sub-grupo_de_trabajo_n8_22agricultura22_sgt_n_8.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2967/npr_363-2025_pre_312025_prec_del_121125_22acuerdo_sobre_reconocimiento_mutuo_de_medidas_de_proteccion_para_las_mujeres_en_situacion_de_violencia_de_genero_entre_los_estados_partes_del_mercosur_y_estados_asociados22.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2715/mercosul_pm_disp.__2025_-_que_denomina_o_plenario_do_parlamento_do_mercosul_como_plenario_jose_alberto_pepe_mujica.docx.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2718/npr_50-2025_pdisp_calendario_de_sesiones_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2736/npr_78-2025_pdisp._creacion_del_observartorio_de_la_inmigracion_como_comision_temporaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2741/npr_89-2025_pdisp_reclamo_al_gobierno_de_venezuela_el_cumplimiento_de_las_normas_internacional_de_asilo_politico.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2813/npr_175-2025_pdisp._proyecto_escazu.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2826/npr_197-2025_antisemitismo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2871/npr_248-2025_pdi_72025_pdisp._declara_jayme_caetano_braun_e_outos_os_quatro_troncos_missioneiros_como_patronos_da_musica_nativista_no_ambito_do_mercosul.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2872/npr_249-2025_pdi_82025_pdisp.__pepe_mujica_o_titulo_de_patrono_da_democracia_e_da_integracao_latino-americana_medalla_del_merito_democratico_v2.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2957/npr_350-2025_pdi_092025_pdisp._presentada_el_041125_22que_el_parlamento_del_mercosur_realice_al_menos_una_sesion_anual_en_la_ciudad_de_cordoba_republica_argentina22.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2961/npr_357-2025_pdi_102025_pdisp._presentado_el_081125creacion_de_la_comision_de_juventudes_del_parlamento_del_mercosur_-_ms.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2984/npr_380-2025_pdi_112025_pdisp_del_271125_22que_aprueba_el_ciclo_de_seminarios_sobre_el_rol_del_pm_202622.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2987/npr_383-2025_ntc_222025_pdisp._proyecto_focem_sede.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2991/npr_3872025_proceso_de_articulacion_y_trabajo_con_la_comision_intergubernamental_de_la_hidrovia_cih.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2706/npr_11-2025_pedido_de_informes_al_consejo_del_mercado_comun_cmc_sobre_el_vuelo_militar_britanico_airbus_400m_atlas_detectado_en_el_atlantico_sur.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2978/npr_374-2025_ppi_022025_ppinf_del_241125_22informacion_actualizada_sobre_asuntos_relativos_al_focem22_presentado_por_el_parl._humberto_costa._.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2982/npr_378-2025_ppin_032025_ppinf_del_251125_22al_cmc_sobre_el_acuerdo_marco_en_materia_de_comercio_e_inversiones_entre_la_republica_argentina_y_los_ee._uu.22.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2703/npr_3-2025_infcom_12025_0124_cdef_131224_de_varias_propuestas20_para_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2713/npr_22-2025_infcom_022025__cpresp_092024__del_nprot_2362022_del_070922_por_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2714/npr_23-2025_infcom_032025_cpresp_102024__npr_237-2022_pde_442022_por_el_archivo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2719/npr_50-2025_pdisp_calendario_de_sesiones_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2758/npr_119-2025_infcom_52025_ctrasn2025_npr_310-2024_pre_262024_aprob.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2759/npr_120-2025_infcom_062025_ctra_sn2025_por_la_aprobacion_del_npr_373-2024_pre_292024_.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2760/npr_121-2025_infcom_072025_cedu_012025_archivo_del_npr_310-2023_pde_432023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2761/npr_122-2025_infcom_082025_cedu_022025_por_la_aprobacion_con_modificaciones_de_los_npr_370-2023_pde_472023_npr_371-2023_pde_482023_npr_372-2023_pde_492023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2762/npr_123-2025_infcom_092025_cedu_032025_por_el_archivo_del_npr_389-2023_pde_50-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2763/npr_124-2025_infcom_092025_cedu_042025_por_la_aprobacion_con_modificaciones_del_npr_455-2023_pre_222023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2764/npr_125-2025_infcom_112025_cedu_52025_por_la_aprobacion_con_modificaaciones_del_npr_463-2023_pde_522023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2765/npr_126-2025_infcom_122025_cedu_062025_del_230525_por_la_aprobacion_del_npr_682024_pde_172024_.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2766/npr_128-2025_infcom_132025_cedu_172025_del_230525_por_la_aprobacion_del_npr_208-2024_pre_132024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2767/npr_129-2025_infcom_142025_cedu_182025_del_230525_por_la_aprobacion_con_modificaciones_del_npr_215-2024_pde_412024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2768/npr_130-2025_infcom_152025_cedu_072025_del_230525_por_el_archivo_del_npr_83-2024_pde_202024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2769/npr_131-2025_infcom_162025_cedu_082025_por_la_aprobacion_del_npr_85-2024_pde_212024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2770/npr_132-2025_infcom_172025_cedu_102025_por_la_aprobacion_del_npr_2122023_pde_342023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2771/npr_133-2025_infcom_182025_cedu_112025_por_el_archivo_de_la_nt_552024_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2772/npr_134-2025_infcom_192025_cedu_122025_por_la_aprobacion_del_npr_130-2024_pre_052024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2773/npr_135-2025_infcom_202025_cedu_132025_por_la_aprobacion_del_npr_133-2024_pdi_112024_.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2774/npr_136-2025_infcom_212025_cedu_142025_por_el_archivo_del_npr_149-2024_pde_282024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2775/npr_137-2025_cedu_152025_por_la_aprobacion_del_npr_1442024_pre082024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2776/npr_138-2025_infcom_232025_cedu_162025_por_la_aprobacion_del_npr_1682024_pde_332024_.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2777/npr_139-2025_infcom_24_cedu_192025_por_el_archivo_del_npr_218-2024_pde_422024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2778/npr_140-2025_infcom_252025_cedu_202025_por_la_aprobacion_del_npr_173-2024_pre_092024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2779/npr_141-2024_infcom_262025_cedu_212025_por_la_aprobacion_del_npr_174-2024_pdi_142024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2780/npr_142-2024_infcom_272025_cedu_222025_por_el_archivo_del_npr_2372024_pde_522024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2781/npr_143-2025_infcom_282025_cedu_232025_por_la_aprobacion_del_npr_238-2024_pre_152024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2782/npr_144-2025_infcom_292025_cedu_242025_por_la_aprobacion_del_npr_244-2024_pre_162024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2783/npr_145-2025_infcom_302025_cedu_252025_por_la_aprobacion_del_npr_259-2024_pde_582024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2784/npr_146-2025_infcom_312025_cedu_262025_por_la_aprobacion_del_npr_260-2024_pde_592024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2785/npr_147-2025_infcom_322025_cedu_272025_por_la_aprobacion_del_npr_261-2024_pde_602024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2786/npr_148-2025_infcom_332025_cedu_282025_por_la_aprobacion_del_npr_285-2024_pde_632024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2787/npr_149-2025_infcom_342025_cedu_292025_por_la_aprobacion_del_npr_291-2024_pre_222024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2788/npr_150-2024_infcom_352025_cedu_302025_por_la_aprobacion_del_npr_292-2024_pre_232024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2789/npr_151-2025_infcom_362025_cedu_312025_por_la_aprobacion_del_npr_305-2024_pre_242024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2790/npr_152-2024_infcom_372024_cedu_322024_por_la_aprobacion_con_modificaciones_del_npr_313-2024_pde_662024_.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2791/npr_153-2025_infcom_382025_cedu_332025_por_la_aprobacion_del_npr_319-2024_pde_692024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2792/npr_154-2025_infcom_392025_cedu_342025_por_la_aprobacion_con_modificaciones_del_npr_321-2024_pde_712024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2793/npr_155-2025_infcom_402025_cedu_352025_por_el_archivo_del_npr_328-2024_pde_722024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2794/npr_156-2025_infcom_412025_cedu_362025_por_la_aprobacion_del_npr_360-2024_pde_802024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2795/npr_157-2025_infcom_422025_cedu_372025_por_la_aprobacion_del_npr_379-2024_pde_862024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2796/npr_158-2025_infcom_432025_cedu_382025_por_la_aprobacion_del_npr_381-2024_pde_872024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2797/npr_159-2025_infcom_442025_cedu_392025_por_la_aprobacion_del_npr_18-2025_pde_062025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2798/npr_160-2025_infcom_452025_cedu_402025_por_la_aprobacion_del_npr_47-2025_pre_012025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2799/npr_161-2025_infcom_462025_cedu_412025_por_la_aprobacion_del_npr_55-2025_pde_112025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2800/npr_162-2025_infcom_472025_422025_por_la_aprobacion_del_npr_57-2025_pde_132025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2801/npr_163-2025_infcom_482025_cedu_432025_por_la_aprobacion__del_npr_75-2025_pre_072025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2802/npr_164-2025_infcom_492025_cedu_442025_por_la_aprobacion_del_npr_92-2025_pde_232025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2803/npr_165-2025_infcom_502025_cedu_452025_por_la_aprobacion_del_npr_93-2025_pde_242025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2804/npr_166-2025_infcom_512025_cedu_462025_por_la_aprobacion_del_npr_94-2025_pde_252025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2805/npr_167-2025_infcom_522025_cedu_472025_por_la_aprobacion_del_npr_107-2025_pde_292025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2806/npr_168-2025_infcom_532025_cedu_482025_por_la_aprobacion_del_npr_108-2025_pde_302025_.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2807/npr_169-2025_infcom_542025_cedu_492025_por_la_aprobacion_del_npr_112-2025_pre_112025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2808/npr_170-2025_infcom_502025_cedu_502025_por_la_aprobacion_del_npr_111-2025_pde_312025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2827/npr_198-2025_infcom_562025_cddhh_sn2025_060525_aprobacion_npr_13-2025_pde_042025_300125.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2828/npr_199-2025_infcom_572025_cddhh_aprobacion_npr_60-2025_pde_142025_.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2829/npr_200-2025_infcom_582025_cddhh_sn2025_aprobacion_npr_15-2025_pde_052025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2830/npr_201-2025_infcom_592025_cddhh_sn2025_aprobacion_npr_09-2025_pde_012025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2831/npr_202-2025_infcom_602025_aprobacion_npr_18-2025_pde_062025_.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2881/npr_266-2025_infcom_612025_ceco_01150925_aprobacion_npr_882025_pde_222025_del_220425.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2882/npr_267-2025_infcom_622025_ceco_2150925_aprobacion_npr_113-2025_pde_322025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2883/npr_268-2025_infcom_632025_ceco_03150925_del_180925_por_la_aprobacion_del_npr_732025_pde_172025_del_270325.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2884/npr_269-2025_infcom_642025_ceco_04150925_del_180925_por_la_aprobacion_del_npr_982025_pre_92025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2885/npr_270-2025_infcom_652025_ceco_05150925_del_180925_por_la_aprobacion_del_npr_54-2025_pde_102025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2906/npr_295-2025_infcom_662025_cdrs_012025_aprobacion_con_modificaciones_del_npr_95-2024_pde_232024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2907/npr_296-2025_infcom_672025_cdrs_022025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_152025_pde_052025_del_310125.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2909/npr_301-2025_infcom_682025_cdrs_032025_por_el_archivo_del_npr_372024_pdi_062024_del_040324.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2910/npr_302-2025_infcom_692025_04cdrs_del_071025_por_la_aprobacion_con_modificaciones_del_npr_406-2023_pre_1062023_del__.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2911/npr_3032025_infcom_702025_cdrs_052025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_268-2023_pre_062023_del_020823.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2912/npr_304-2025_infcom_712025_06cdrs_del_071025_por_la_aprobacion_con_modificaciones_del_npr_270-2023_pre_082023_del_020823.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2913/npr_305-2025_infcom_722025_07cdrs_por_la_aprobacion_con_modificaciones_del_npr_872023_pde_172023_del_300323.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2914/npr_306-2025_infcom_732025_cdrs_082025_del_071025_por_la_aprobacion_del_npr_181-2024_pre_122024_del_200624.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2915/npr_307-2025_infcom_74_2025_cdrs_09_2025_por_la_aprobacion_del_npr_178-2024_pan_012024_.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2916/npr_308-2025_infcom_752025_cdrs_102025_por_la_aprobacion_con_modificaciones_del_npr_164-2024_ppin_012024_del_040624.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2917/npr_309-2025_infcom_76-2025_cdrs_112025_por_la_aprobacion_con_modificaciones_del_npr_212-2024_pde_392024_del_220724.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2918/npr_311-2025_infcom_772025_cdrs_122025_del_071025_por_la_aprobacion_del_npr_250-2025_pde_552024_del_150824.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2919/npr_312-2025_infcom_782025_cdrs_132025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_255-2024_pde_562024_del_190824_.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2920/npr_313-2025_infcom_792025_cdrs_142025_del_071025_por_la_aprobacion_con_modificaciones_del_npr_288-2024_pde_562024_del_100924_.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2921/npr_314-2025_infcom_802025_cdrs_152025_por_la_aprobacion_con_modificaciones_del_npr_258-2024_pde_572024_del_260824.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2923/npr_316-2025_infcom_812025_cdrs_012025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_360-2024_pde_802024_del_131124.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2924/npr_317-2025_pde_822025_infcom_822025_cdrs_022025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_367-2025_pde_822025_del_151124.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2925/npr_318-2025_infcom_832025_cdrs_032025_del_171025_por_la_aprobacion_del_npr_395-2024_pre_322024_del_121224.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2926/npr_319-2025_infcom_842025_cdrs_042025_del_171025_por_la_aprobacion_con_modificaciones_del_npr_10-2025_pde_022025_del_210125.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2927/npr_320-2025_infcom_852025_cdrs_052025_del_171025_por_la_aprobacion_del_npr_19-2025_pde_072025_del_080225.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2928/npr_321-2025_infcom_862025_cdrs_del_171025_por_la_aprobacion_del_npr_20-2025_pde_082025_del_100225.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2931/npr_324-2025_infcom_872025_cddhh_012025_del_201025_por_la_aprobacion_del_npr_208-2025_pde_472025_del_210725.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2932/npr_325-2025_infcom_882025_cddhh_022025_del_201025_por_la_aprobacion_del_npr_232-2025_pde_642025_del_190825.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2933/npr_326-2025_infcom_892025_cddhh_032025_del_201025_por_la_aprobacion_del_npr_238-2025_pde_672025_del_220825.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2934/npr_327-2025_infcom_902025_cddhh_042025_del_201025_por_la_aprobacion_del_npr_235-2025_pre_202025_del_200825_.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2935/npr_328-2025_infcom_912025_cddhh_052025_del_201025_por_la_aprobacion__del_npr_219-2025_pre_192025_del_050825.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2936/npr_329-2025_infcom_922025_cddhh_062025_del_201025_por_la_aprobacion_del_npr_228-2025_pde_602025_del_150825.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2937/npr_330-2025_infcom_932025_cddhh_072025_del_201025_por_la_aprobacion_del_npr_227-2025_pde_592025_del_150825.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2938/npr_331-2025_infcom_942025_cddhh_082025_del_201025_por_la_aprobacion_del_npr_117-2025_pde_342025_del_220525.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2940/npr_332-2025_infcom_952025_cddhh_092025_por_la_aprobacion_del_npr_118-2025_pde_352025_del_260525.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2941/npr_333-2025_infcom_962025_cddhh_102025_por_la_aprobacion_del_npr_247-2025_pde_732025_del_010925.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2942/npr_334-2025_infcom_972025_cddhh_112025_del_201025_por_la_aprobacion_del_npr_226-2025_pde_582025_del_050225.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2943/npr_335-2025_infcom_982025_cddhh_122025_del_201025_por_la_aprobacion_del_npr_278-2025_pde_832025_del_230925.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2945/npr_337-2025_infcom_992025_cdrs_012025_del_211025_por_la_aprobacion_con_modificaciones_del_npr_77-2025_pde_192025_del_010425.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2946/npr_338-2025_infcom_1002025_cdrs_022025_del_211025_por_el_archivo_del_npr_352024_pdi_052024_del_050324.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2947/npr_339-2025_infcom_1012025_cdrs_032025_211025_por_el_archivo_del_npr_3602023_pre_092023_del_220923.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2948/npr_340-2025_infcom_1022025_cdrs_042025_del_211025_por_el_archivo_del_npr_2692023_pre_072023_del_020823.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2949/npr_341-2025_infcom_1032025_cdrs_052025_del_211025_por_el_archivo_del_npr_4042023_pre_142023_del_311023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2950/npr_342-2025_infcom_1042025_cdrs_062025_del_211025_por_el_archivo_del_npr_405-2023_pre_152023_del_311023_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2951/npr_343-2025_infcom_1052025_cdrs_072025_del_211025_por_el_archivo_del_npr_3312023_pde_452023_del_110923.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2952/npr_344-2025_infcom_1062025_cdrs_082025_del_211025_por_el_archivo_del_npr_862023_pde_162023_del_300323.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2953/npr_345-2025_infcom_1072025_cdrs_092025_del_211025_por_el_archivo_del_npr_14-2023_pde_082023_del_100223.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2954/npr_346-2025_infcom_1082025_cdrs_102025_del_211025_por_el_archivo_del_mep_22-2012_pde_092021_del_020321_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2958/npr_351-2025_infcom_1092025_cddhh_012025_del_311025_por_la_aprobacion_del_npr_241-2025_pde_502025_del_240725.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2976/npr_372-2025_infcom_1102025_cpresp_012025_del_171125_por_la_aprobacion_del_informe_de_auditoria_del_parlamento_del_mercosur_correspondiente_al_ejercicio_enero_-_diciembre_2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2964/npr_360-2027_sl_22025_del_parl._daniel_borbonet.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2809/npr_171-2025_nc_12025_acta_de_la_reunion_de_ceco_y_solicitud.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2810/npr_172-2025_nc_022025_acta_22025_de_la_cedu_.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2811/npr_173-2025_nc_032025_acta_012025_de_la_reunion_de_la_cedu_del_160525_presentada_el_230525.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2812/npr_170-2025_infcom_502025_cedu_502025_por_la_aprobacion_del_npr_111-2025_pde_312025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2815/npr_182-2025_acta_de_la_cint_del_090625.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2818/npr_188-2025_nota_of.db.001.2025_-_integracao-comissao-acordo-mercosul-ue.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2898/npr_285-2025_nc_72025_res._n794_-_integracion_parlamento_del_mercosur_senado_de_paraguay.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2899/npr_288-2025_nc_82025_of._10225_-_comunicacion_de_integracion_de_comisiones_de_parlamentarios_brasilenos_presentado_el_011025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2902/npr_291-2025_nc_010_2025_nomina_de_integracion_de_comisiones.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2908/npr_300-2025_nc_102025_nota_1632025_de_la_presidencia_de_la_asamblea_general_de_uruguay.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2944/npr_336-2025_ntc_112025_renuncia__al_cargo_de_vicepresidente_del_parlamento_del_mercosur_en_representacion_del_estado_plurinacional_de_bolivia_gestion_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2955/npr_348-2025_ntc_122025_ratificacion_de_la_incorporacion_y_designacion_en_comisiones.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2966/npr_362-2025_ntc_132025_nota_de_la_uepmpy_del_121125_en_la_que_comunica_la_res._3520_de_la_h._camara_de_diputados_de_paraguaya_designacion_de_los_diputados_delegados_titulares_y_suplentes_ante_el_pm_por_el_periodo_2025-26._.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2968/npr_364-2025_ntc_142025_de_fecha_131125_sretiro_del_punto_e.7_del_odd_de_la_civ_so..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2974/npr_370-2025_ntc_162025_del_171125._nota_de_renuncia_presentada_por_el_parlamentario_yamil_sarruff_como_parlamentarios_del_mercosur_para_asumir_otro_cargo..pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2977/npr_373-2025_ntc_172025_del_191125__nota_del_vicepresidente_pmarg._en_la_cual_comunica_cambios_en_la_integracion_de_comisiones_del_pm.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2979/npr_375-2025_ntc_182025_nota_de_la_parlamentaria_mirian_niveyro_comunicando_su_renuncia_al_mandato_como_parlamentaria_del_mercosur_para_ocupar_el_cargo_de_diputada_nacional_de_la_rca._argentina_presentada_el_251125._.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2980/npr_376-2025_ntc_192025_nota_de_la_parlamentaria_alejandra_mas_comunicando_su_renuncia_al_mandato_como_parlamentaria_del_mercosur_para_ocupar_el_cargo_de_diputada_provincial_de_rio_negro_presentada_el_251125._7md_-_ae_cv_so.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2985/npr_381-2025_ntc_202025_informe_de_la_comision_especial_de_emergencia_ambiental_y_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2986/npr_382-2025_ntc_212025_informe_de_la_capacitacion_asesores_contraelhambre_antigua_-_guatemala_fao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2988/npr_384-2025_ntc_232025_comunicacion_uepmbol_sparticipacion_.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2989/npr_385-2025_ntc_232025_talleres_la_alianza_global_contra_el_hambre_y_el_rol_del_parlasur.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2994/npr_390-2025_ntc_242025_solicitacao-audiencia-santarosa.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2995/npr_391-2025_ntc_252025_nota_de_acreditacion_de_parlamentarios_del_mercosur_por_la_asamblea_de_bolivia.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parlamentomercosur.org/media/sapl/public/materialegislativa/2025/2996/npr_392-2025_ntc_262025_requerimiento_del_parlamentario_pastor_eurico.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H202"/>
+  <dimension ref="A1:H290"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -5071,3030 +6015,5318 @@
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
         <v>18</v>
       </c>
       <c r="F87" t="s">
         <v>417</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H87" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>420</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>421</v>
       </c>
       <c r="D88" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E88" t="s">
+        <v>18</v>
+      </c>
+      <c r="F88" t="s">
         <v>422</v>
       </c>
-      <c r="F88" t="s">
+      <c r="G88" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>425</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>426</v>
       </c>
-      <c r="B89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E89" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F89" t="s">
         <v>427</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H89" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>430</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>28</v>
+        <v>431</v>
       </c>
       <c r="D90" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F90" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H90" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>33</v>
+        <v>436</v>
       </c>
       <c r="D91" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E91" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F91" t="s">
-        <v>263</v>
+        <v>437</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H91" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>38</v>
+        <v>441</v>
       </c>
       <c r="D92" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E92" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F92" t="s">
-        <v>263</v>
+        <v>128</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="H92" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>43</v>
+        <v>445</v>
       </c>
       <c r="D93" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E93" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F93" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H93" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>48</v>
+        <v>450</v>
       </c>
       <c r="D94" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F94" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="H94" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>53</v>
+        <v>455</v>
       </c>
       <c r="D95" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F95" t="s">
-        <v>113</v>
+        <v>456</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="H95" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>58</v>
+        <v>460</v>
       </c>
       <c r="D96" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F96" t="s">
-        <v>452</v>
+        <v>238</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="H96" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>63</v>
+        <v>464</v>
       </c>
       <c r="D97" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F97" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="H97" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>68</v>
+        <v>469</v>
       </c>
       <c r="D98" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E98" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F98" t="s">
-        <v>165</v>
+        <v>238</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="H98" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>73</v>
+        <v>473</v>
       </c>
       <c r="D99" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="H99" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>78</v>
+        <v>478</v>
       </c>
       <c r="D100" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E100" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F100" t="s">
-        <v>467</v>
+        <v>373</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="H100" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>82</v>
+        <v>482</v>
       </c>
       <c r="D101" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>49</v>
+        <v>483</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="H101" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>87</v>
+        <v>487</v>
       </c>
       <c r="D102" t="s">
-        <v>421</v>
+        <v>17</v>
       </c>
       <c r="E102" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="F102" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="H102" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E103" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F103" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="H103" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="D104" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E104" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F104" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="H104" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="D105" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E105" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F105" t="s">
-        <v>463</v>
+        <v>502</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
       <c r="H105" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="D106" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E106" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F106" t="s">
-        <v>463</v>
+        <v>263</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="H106" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>112</v>
+        <v>38</v>
       </c>
       <c r="D107" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E107" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F107" t="s">
-        <v>325</v>
+        <v>263</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="H107" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="D108" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E108" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F108" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="H108" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="D109" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E109" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F109" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>500</v>
+        <v>517</v>
       </c>
       <c r="H109" t="s">
-        <v>501</v>
+        <v>518</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>502</v>
+        <v>519</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>127</v>
+        <v>53</v>
       </c>
       <c r="D110" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E110" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F110" t="s">
-        <v>499</v>
+        <v>113</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
       <c r="H110" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>505</v>
+        <v>522</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="D111" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E111" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F111" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>506</v>
+        <v>524</v>
       </c>
       <c r="H111" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>508</v>
+        <v>526</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="D112" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E112" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F112" t="s">
-        <v>499</v>
+        <v>527</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
       <c r="H112" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>140</v>
+        <v>68</v>
       </c>
       <c r="D113" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E113" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F113" t="s">
-        <v>499</v>
+        <v>165</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="H113" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>514</v>
+        <v>533</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>145</v>
+        <v>73</v>
       </c>
       <c r="D114" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E114" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F114" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>516</v>
+        <v>535</v>
       </c>
       <c r="H114" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="D115" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E115" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F115" t="s">
-        <v>519</v>
+        <v>538</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>520</v>
+        <v>539</v>
       </c>
       <c r="H115" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>155</v>
+        <v>82</v>
       </c>
       <c r="D116" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E116" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F116" t="s">
-        <v>519</v>
+        <v>49</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="H116" t="s">
-        <v>524</v>
+        <v>543</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>525</v>
+        <v>544</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>160</v>
+        <v>87</v>
       </c>
       <c r="D117" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="E117" t="s">
-        <v>422</v>
+        <v>493</v>
       </c>
       <c r="F117" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="H117" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>528</v>
+        <v>548</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D118" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E118" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F118" t="s">
-        <v>263</v>
+        <v>549</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>531</v>
+        <v>550</v>
       </c>
       <c r="H118" t="s">
-        <v>532</v>
+        <v>551</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>533</v>
+        <v>552</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D119" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E119" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F119" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>535</v>
+        <v>554</v>
       </c>
       <c r="H119" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="D120" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E120" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F120" t="s">
-        <v>108</v>
+        <v>534</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>538</v>
+        <v>557</v>
       </c>
       <c r="H120" t="s">
-        <v>539</v>
+        <v>558</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>540</v>
+        <v>559</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>33</v>
+        <v>107</v>
       </c>
       <c r="D121" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E121" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F121" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>542</v>
+        <v>560</v>
       </c>
       <c r="H121" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>544</v>
+        <v>562</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="D122" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E122" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F122" t="s">
-        <v>545</v>
+        <v>325</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
       <c r="H122" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="D123" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E123" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F123" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
       <c r="H123" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>48</v>
+        <v>122</v>
       </c>
       <c r="D124" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E124" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F124" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="H124" t="s">
-        <v>555</v>
+        <v>572</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="D125" t="s">
-        <v>529</v>
+        <v>492</v>
       </c>
       <c r="E125" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="F125" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="H125" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>560</v>
+        <v>576</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="D126" t="s">
-        <v>561</v>
+        <v>492</v>
       </c>
       <c r="E126" t="s">
-        <v>562</v>
+        <v>493</v>
       </c>
       <c r="F126" t="s">
-        <v>29</v>
+        <v>570</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="H126" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="D127" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E127" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F127" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="H127" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>23</v>
+        <v>140</v>
       </c>
       <c r="D128" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E128" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F128" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="H128" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>145</v>
       </c>
       <c r="D129" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E129" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F129" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="H129" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>33</v>
+        <v>150</v>
       </c>
       <c r="D130" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E130" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F130" t="s">
-        <v>534</v>
+        <v>590</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="H130" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="D131" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E131" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F131" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="H131" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="D132" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E132" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F132" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="H132" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>48</v>
+        <v>164</v>
       </c>
       <c r="D133" t="s">
-        <v>566</v>
+        <v>492</v>
       </c>
       <c r="E133" t="s">
-        <v>567</v>
+        <v>493</v>
       </c>
       <c r="F133" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="H133" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E134" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F134" t="s">
-        <v>589</v>
+        <v>263</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="H134" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>595</v>
+        <v>608</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="D135" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E135" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F135" t="s">
-        <v>589</v>
+        <v>609</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="H135" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="D136" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E136" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F136" t="s">
-        <v>589</v>
+        <v>108</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="H136" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="D137" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E137" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F137" t="s">
-        <v>589</v>
+        <v>616</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>602</v>
+        <v>617</v>
       </c>
       <c r="H137" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>619</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>38</v>
+      </c>
+      <c r="D138" t="s">
         <v>604</v>
       </c>
-      <c r="B138" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E138" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F138" t="s">
-        <v>589</v>
+        <v>620</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>605</v>
+        <v>621</v>
       </c>
       <c r="H138" t="s">
-        <v>606</v>
+        <v>622</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>607</v>
+        <v>623</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="D139" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E139" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F139" t="s">
-        <v>589</v>
+        <v>624</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
       <c r="H139" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="D140" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E140" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F140" t="s">
-        <v>589</v>
+        <v>628</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
       <c r="H140" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="D141" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E141" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F141" t="s">
-        <v>589</v>
+        <v>632</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>614</v>
+        <v>633</v>
       </c>
       <c r="H141" t="s">
-        <v>615</v>
+        <v>634</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>616</v>
+        <v>635</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="D142" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E142" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F142" t="s">
-        <v>589</v>
+        <v>636</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>617</v>
+        <v>637</v>
       </c>
       <c r="H142" t="s">
-        <v>618</v>
+        <v>638</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>619</v>
+        <v>639</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D143" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E143" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F143" t="s">
-        <v>589</v>
+        <v>640</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>620</v>
+        <v>641</v>
       </c>
       <c r="H143" t="s">
-        <v>621</v>
+        <v>642</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>622</v>
+        <v>643</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="D144" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E144" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F144" t="s">
-        <v>589</v>
+        <v>417</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>623</v>
+        <v>644</v>
       </c>
       <c r="H144" t="s">
-        <v>624</v>
+        <v>645</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>625</v>
+        <v>646</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D145" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E145" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F145" t="s">
-        <v>589</v>
+        <v>417</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>626</v>
+        <v>647</v>
       </c>
       <c r="H145" t="s">
-        <v>627</v>
+        <v>648</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>628</v>
+        <v>649</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="D146" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="E146" t="s">
-        <v>567</v>
+        <v>605</v>
       </c>
       <c r="F146" t="s">
-        <v>589</v>
+        <v>373</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>629</v>
+        <v>650</v>
       </c>
       <c r="H146" t="s">
-        <v>630</v>
+        <v>651</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>631</v>
+        <v>652</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="D147" t="s">
-        <v>566</v>
+        <v>653</v>
       </c>
       <c r="E147" t="s">
-        <v>567</v>
+        <v>654</v>
       </c>
       <c r="F147" t="s">
-        <v>589</v>
+        <v>29</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>632</v>
+        <v>655</v>
       </c>
       <c r="H147" t="s">
-        <v>633</v>
+        <v>656</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="D148" t="s">
-        <v>566</v>
+        <v>653</v>
       </c>
       <c r="E148" t="s">
-        <v>567</v>
+        <v>654</v>
       </c>
       <c r="F148" t="s">
-        <v>589</v>
+        <v>417</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="H148" t="s">
-        <v>636</v>
+        <v>659</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>637</v>
+        <v>660</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="D149" t="s">
-        <v>566</v>
+        <v>653</v>
       </c>
       <c r="E149" t="s">
-        <v>567</v>
+        <v>654</v>
       </c>
       <c r="F149" t="s">
-        <v>589</v>
+        <v>661</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="H149" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>132</v>
+        <v>10</v>
       </c>
       <c r="D150" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E150" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F150" t="s">
-        <v>589</v>
+        <v>667</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>641</v>
+        <v>668</v>
       </c>
       <c r="H150" t="s">
-        <v>642</v>
+        <v>669</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>643</v>
+        <v>670</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="D151" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E151" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F151" t="s">
-        <v>589</v>
+        <v>671</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
       <c r="H151" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>646</v>
+        <v>674</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>140</v>
+        <v>28</v>
       </c>
       <c r="D152" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E152" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F152" t="s">
-        <v>589</v>
+        <v>671</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>647</v>
+        <v>675</v>
       </c>
       <c r="H152" t="s">
-        <v>648</v>
+        <v>676</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>649</v>
+        <v>677</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>145</v>
+        <v>33</v>
       </c>
       <c r="D153" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E153" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F153" t="s">
-        <v>589</v>
+        <v>609</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>650</v>
+        <v>678</v>
       </c>
       <c r="H153" t="s">
-        <v>651</v>
+        <v>679</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="D154" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E154" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F154" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>653</v>
+        <v>682</v>
       </c>
       <c r="H154" t="s">
-        <v>654</v>
+        <v>683</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>655</v>
+        <v>684</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="D155" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E155" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F155" t="s">
-        <v>589</v>
+        <v>681</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>656</v>
+        <v>685</v>
       </c>
       <c r="H155" t="s">
-        <v>657</v>
+        <v>686</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>658</v>
+        <v>687</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="D156" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E156" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F156" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="H156" t="s">
-        <v>660</v>
+        <v>690</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>661</v>
+        <v>691</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="D157" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E157" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F157" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>662</v>
+        <v>692</v>
       </c>
       <c r="H157" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>664</v>
+        <v>694</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>169</v>
+        <v>58</v>
       </c>
       <c r="D158" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E158" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F158" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>665</v>
+        <v>695</v>
       </c>
       <c r="H158" t="s">
-        <v>666</v>
+        <v>696</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>667</v>
+        <v>697</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="D159" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E159" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F159" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>668</v>
+        <v>698</v>
       </c>
       <c r="H159" t="s">
-        <v>669</v>
+        <v>699</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>179</v>
+        <v>68</v>
       </c>
       <c r="D160" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E160" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F160" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>671</v>
+        <v>701</v>
       </c>
       <c r="H160" t="s">
-        <v>672</v>
+        <v>702</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>673</v>
+        <v>703</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>184</v>
+        <v>73</v>
       </c>
       <c r="D161" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E161" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F161" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>674</v>
+        <v>704</v>
       </c>
       <c r="H161" t="s">
-        <v>675</v>
+        <v>705</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>676</v>
+        <v>706</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>189</v>
+        <v>78</v>
       </c>
       <c r="D162" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E162" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F162" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>677</v>
+        <v>707</v>
       </c>
       <c r="H162" t="s">
-        <v>678</v>
+        <v>708</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>679</v>
+        <v>709</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>193</v>
+        <v>82</v>
       </c>
       <c r="D163" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E163" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F163" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>680</v>
+        <v>710</v>
       </c>
       <c r="H163" t="s">
-        <v>681</v>
+        <v>711</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>682</v>
+        <v>712</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>198</v>
+        <v>87</v>
       </c>
       <c r="D164" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E164" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F164" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>683</v>
+        <v>713</v>
       </c>
       <c r="H164" t="s">
-        <v>684</v>
+        <v>714</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>685</v>
+        <v>715</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>203</v>
+        <v>92</v>
       </c>
       <c r="D165" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E165" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F165" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>686</v>
+        <v>716</v>
       </c>
       <c r="H165" t="s">
-        <v>687</v>
+        <v>717</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>718</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>97</v>
+      </c>
+      <c r="D166" t="s">
+        <v>665</v>
+      </c>
+      <c r="E166" t="s">
+        <v>666</v>
+      </c>
+      <c r="F166" t="s">
         <v>688</v>
       </c>
-      <c r="B166" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G166" s="1" t="s">
-        <v>689</v>
+        <v>719</v>
       </c>
       <c r="H166" t="s">
-        <v>690</v>
+        <v>720</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>691</v>
+        <v>721</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>213</v>
+        <v>102</v>
       </c>
       <c r="D167" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E167" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F167" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>692</v>
+        <v>722</v>
       </c>
       <c r="H167" t="s">
-        <v>693</v>
+        <v>723</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>694</v>
+        <v>724</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>217</v>
+        <v>107</v>
       </c>
       <c r="D168" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E168" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F168" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>695</v>
+        <v>725</v>
       </c>
       <c r="H168" t="s">
-        <v>696</v>
+        <v>726</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>697</v>
+        <v>727</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>222</v>
+        <v>112</v>
       </c>
       <c r="D169" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E169" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F169" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>698</v>
+        <v>728</v>
       </c>
       <c r="H169" t="s">
-        <v>699</v>
+        <v>729</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>700</v>
+        <v>730</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>227</v>
+        <v>117</v>
       </c>
       <c r="D170" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E170" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F170" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>701</v>
+        <v>731</v>
       </c>
       <c r="H170" t="s">
-        <v>702</v>
+        <v>732</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>703</v>
+        <v>733</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>232</v>
+        <v>122</v>
       </c>
       <c r="D171" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E171" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F171" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>704</v>
+        <v>734</v>
       </c>
       <c r="H171" t="s">
-        <v>705</v>
+        <v>735</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>706</v>
+        <v>736</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>237</v>
+        <v>127</v>
       </c>
       <c r="D172" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E172" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F172" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>707</v>
+        <v>737</v>
       </c>
       <c r="H172" t="s">
-        <v>708</v>
+        <v>738</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>709</v>
+        <v>739</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>242</v>
+        <v>132</v>
       </c>
       <c r="D173" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E173" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F173" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="H173" t="s">
-        <v>711</v>
+        <v>741</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>712</v>
+        <v>742</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>247</v>
+        <v>136</v>
       </c>
       <c r="D174" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E174" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F174" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>713</v>
+        <v>743</v>
       </c>
       <c r="H174" t="s">
-        <v>714</v>
+        <v>744</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>715</v>
+        <v>745</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>252</v>
+        <v>140</v>
       </c>
       <c r="D175" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E175" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F175" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>716</v>
+        <v>746</v>
       </c>
       <c r="H175" t="s">
-        <v>717</v>
+        <v>747</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>718</v>
+        <v>748</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>257</v>
+        <v>145</v>
       </c>
       <c r="D176" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E176" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F176" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>719</v>
+        <v>749</v>
       </c>
       <c r="H176" t="s">
-        <v>720</v>
+        <v>750</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>721</v>
+        <v>751</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>262</v>
+        <v>150</v>
       </c>
       <c r="D177" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E177" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F177" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>722</v>
+        <v>752</v>
       </c>
       <c r="H177" t="s">
-        <v>723</v>
+        <v>753</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>724</v>
+        <v>754</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>725</v>
+        <v>155</v>
       </c>
       <c r="D178" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E178" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F178" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>726</v>
+        <v>755</v>
       </c>
       <c r="H178" t="s">
-        <v>727</v>
+        <v>756</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>728</v>
+        <v>757</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>267</v>
+        <v>160</v>
       </c>
       <c r="D179" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E179" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F179" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>729</v>
+        <v>758</v>
       </c>
       <c r="H179" t="s">
-        <v>730</v>
+        <v>759</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>731</v>
+        <v>760</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>272</v>
+        <v>164</v>
       </c>
       <c r="D180" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E180" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F180" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>732</v>
+        <v>761</v>
       </c>
       <c r="H180" t="s">
-        <v>733</v>
+        <v>762</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>734</v>
+        <v>763</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>276</v>
+        <v>169</v>
       </c>
       <c r="D181" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E181" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F181" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>735</v>
+        <v>764</v>
       </c>
       <c r="H181" t="s">
-        <v>736</v>
+        <v>765</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>737</v>
+        <v>766</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>279</v>
+        <v>174</v>
       </c>
       <c r="D182" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E182" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F182" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>739</v>
+        <v>767</v>
       </c>
       <c r="H182" t="s">
-        <v>740</v>
+        <v>768</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>741</v>
+        <v>769</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>283</v>
+        <v>179</v>
       </c>
       <c r="D183" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E183" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F183" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>742</v>
+        <v>770</v>
       </c>
       <c r="H183" t="s">
-        <v>743</v>
+        <v>771</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>744</v>
+        <v>772</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="D184" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E184" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F184" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>745</v>
+        <v>773</v>
       </c>
       <c r="H184" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>747</v>
+        <v>775</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>292</v>
+        <v>189</v>
       </c>
       <c r="D185" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E185" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F185" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>748</v>
+        <v>776</v>
       </c>
       <c r="H185" t="s">
-        <v>749</v>
+        <v>777</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>750</v>
+        <v>778</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>297</v>
+        <v>193</v>
       </c>
       <c r="D186" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E186" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F186" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>751</v>
+        <v>779</v>
       </c>
       <c r="H186" t="s">
-        <v>752</v>
+        <v>780</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>753</v>
+        <v>781</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>301</v>
+        <v>198</v>
       </c>
       <c r="D187" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E187" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F187" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>755</v>
+        <v>782</v>
       </c>
       <c r="H187" t="s">
-        <v>756</v>
+        <v>783</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>757</v>
+        <v>784</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>305</v>
+        <v>203</v>
       </c>
       <c r="D188" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E188" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F188" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>758</v>
+        <v>785</v>
       </c>
       <c r="H188" t="s">
-        <v>759</v>
+        <v>786</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>760</v>
+        <v>787</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>310</v>
+        <v>208</v>
       </c>
       <c r="D189" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E189" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F189" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>761</v>
+        <v>788</v>
       </c>
       <c r="H189" t="s">
-        <v>762</v>
+        <v>789</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>763</v>
+        <v>790</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>314</v>
+        <v>213</v>
       </c>
       <c r="D190" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E190" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F190" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
       <c r="H190" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>319</v>
+        <v>217</v>
       </c>
       <c r="D191" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E191" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F191" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>767</v>
+        <v>794</v>
       </c>
       <c r="H191" t="s">
-        <v>768</v>
+        <v>795</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>769</v>
+        <v>796</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>324</v>
+        <v>222</v>
       </c>
       <c r="D192" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E192" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F192" t="s">
-        <v>770</v>
+        <v>688</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>771</v>
+        <v>797</v>
       </c>
       <c r="H192" t="s">
-        <v>772</v>
+        <v>798</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>773</v>
+        <v>799</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>329</v>
+        <v>227</v>
       </c>
       <c r="D193" t="s">
-        <v>566</v>
+        <v>665</v>
       </c>
       <c r="E193" t="s">
-        <v>567</v>
+        <v>666</v>
       </c>
       <c r="F193" t="s">
-        <v>770</v>
+        <v>688</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>774</v>
+        <v>800</v>
       </c>
       <c r="H193" t="s">
-        <v>775</v>
+        <v>801</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>776</v>
+        <v>802</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>10</v>
+        <v>232</v>
       </c>
       <c r="D194" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E194" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F194" t="s">
-        <v>754</v>
+        <v>688</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>779</v>
+        <v>803</v>
       </c>
       <c r="H194" t="s">
-        <v>780</v>
+        <v>804</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>781</v>
+        <v>805</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>23</v>
+        <v>237</v>
       </c>
       <c r="D195" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E195" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F195" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="H195" t="s">
-        <v>783</v>
+        <v>807</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>784</v>
+        <v>808</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>28</v>
+        <v>242</v>
       </c>
       <c r="D196" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E196" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F196" t="s">
-        <v>589</v>
+        <v>688</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="H196" t="s">
-        <v>786</v>
+        <v>810</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>787</v>
+        <v>811</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>33</v>
+        <v>247</v>
       </c>
       <c r="D197" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E197" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F197" t="s">
-        <v>582</v>
+        <v>688</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>788</v>
+        <v>812</v>
       </c>
       <c r="H197" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>38</v>
+        <v>252</v>
       </c>
       <c r="D198" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E198" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F198" t="s">
-        <v>791</v>
+        <v>688</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>792</v>
+        <v>815</v>
       </c>
       <c r="H198" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>794</v>
+        <v>817</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>43</v>
+        <v>257</v>
       </c>
       <c r="D199" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E199" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F199" t="s">
-        <v>263</v>
+        <v>688</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>795</v>
+        <v>818</v>
       </c>
       <c r="H199" t="s">
-        <v>796</v>
+        <v>819</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>797</v>
+        <v>820</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>48</v>
+        <v>262</v>
       </c>
       <c r="D200" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E200" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F200" t="s">
-        <v>798</v>
+        <v>688</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="H200" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>53</v>
+        <v>824</v>
       </c>
       <c r="D201" t="s">
-        <v>777</v>
+        <v>665</v>
       </c>
       <c r="E201" t="s">
-        <v>778</v>
+        <v>666</v>
       </c>
       <c r="F201" t="s">
-        <v>417</v>
+        <v>688</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>802</v>
+        <v>825</v>
       </c>
       <c r="H201" t="s">
-        <v>803</v>
+        <v>826</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>804</v>
+        <v>827</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
+        <v>267</v>
+      </c>
+      <c r="D202" t="s">
+        <v>665</v>
+      </c>
+      <c r="E202" t="s">
+        <v>666</v>
+      </c>
+      <c r="F202" t="s">
+        <v>688</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H202" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>830</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>272</v>
+      </c>
+      <c r="D203" t="s">
+        <v>665</v>
+      </c>
+      <c r="E203" t="s">
+        <v>666</v>
+      </c>
+      <c r="F203" t="s">
+        <v>688</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H203" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>833</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>276</v>
+      </c>
+      <c r="D204" t="s">
+        <v>665</v>
+      </c>
+      <c r="E204" t="s">
+        <v>666</v>
+      </c>
+      <c r="F204" t="s">
+        <v>688</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H204" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>836</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>279</v>
+      </c>
+      <c r="D205" t="s">
+        <v>665</v>
+      </c>
+      <c r="E205" t="s">
+        <v>666</v>
+      </c>
+      <c r="F205" t="s">
+        <v>837</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H205" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>840</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>283</v>
+      </c>
+      <c r="D206" t="s">
+        <v>665</v>
+      </c>
+      <c r="E206" t="s">
+        <v>666</v>
+      </c>
+      <c r="F206" t="s">
+        <v>837</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H206" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>843</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>288</v>
+      </c>
+      <c r="D207" t="s">
+        <v>665</v>
+      </c>
+      <c r="E207" t="s">
+        <v>666</v>
+      </c>
+      <c r="F207" t="s">
+        <v>837</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H207" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>846</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>292</v>
+      </c>
+      <c r="D208" t="s">
+        <v>665</v>
+      </c>
+      <c r="E208" t="s">
+        <v>666</v>
+      </c>
+      <c r="F208" t="s">
+        <v>837</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H208" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>849</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>297</v>
+      </c>
+      <c r="D209" t="s">
+        <v>665</v>
+      </c>
+      <c r="E209" t="s">
+        <v>666</v>
+      </c>
+      <c r="F209" t="s">
+        <v>837</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H209" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>852</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>301</v>
+      </c>
+      <c r="D210" t="s">
+        <v>665</v>
+      </c>
+      <c r="E210" t="s">
+        <v>666</v>
+      </c>
+      <c r="F210" t="s">
+        <v>853</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H210" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>856</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>305</v>
+      </c>
+      <c r="D211" t="s">
+        <v>665</v>
+      </c>
+      <c r="E211" t="s">
+        <v>666</v>
+      </c>
+      <c r="F211" t="s">
+        <v>853</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H211" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>859</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>310</v>
+      </c>
+      <c r="D212" t="s">
+        <v>665</v>
+      </c>
+      <c r="E212" t="s">
+        <v>666</v>
+      </c>
+      <c r="F212" t="s">
+        <v>853</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="H212" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>862</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>314</v>
+      </c>
+      <c r="D213" t="s">
+        <v>665</v>
+      </c>
+      <c r="E213" t="s">
+        <v>666</v>
+      </c>
+      <c r="F213" t="s">
+        <v>853</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H213" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>865</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>319</v>
+      </c>
+      <c r="D214" t="s">
+        <v>665</v>
+      </c>
+      <c r="E214" t="s">
+        <v>666</v>
+      </c>
+      <c r="F214" t="s">
+        <v>853</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H214" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>868</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>324</v>
+      </c>
+      <c r="D215" t="s">
+        <v>665</v>
+      </c>
+      <c r="E215" t="s">
+        <v>666</v>
+      </c>
+      <c r="F215" t="s">
+        <v>869</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H215" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>872</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>329</v>
+      </c>
+      <c r="D216" t="s">
+        <v>665</v>
+      </c>
+      <c r="E216" t="s">
+        <v>666</v>
+      </c>
+      <c r="F216" t="s">
+        <v>869</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="H216" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>875</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>334</v>
+      </c>
+      <c r="D217" t="s">
+        <v>665</v>
+      </c>
+      <c r="E217" t="s">
+        <v>666</v>
+      </c>
+      <c r="F217" t="s">
+        <v>869</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H217" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>878</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>339</v>
+      </c>
+      <c r="D218" t="s">
+        <v>665</v>
+      </c>
+      <c r="E218" t="s">
+        <v>666</v>
+      </c>
+      <c r="F218" t="s">
+        <v>869</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H218" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>881</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>343</v>
+      </c>
+      <c r="D219" t="s">
+        <v>665</v>
+      </c>
+      <c r="E219" t="s">
+        <v>666</v>
+      </c>
+      <c r="F219" t="s">
+        <v>869</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H219" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>884</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>348</v>
+      </c>
+      <c r="D220" t="s">
+        <v>665</v>
+      </c>
+      <c r="E220" t="s">
+        <v>666</v>
+      </c>
+      <c r="F220" t="s">
+        <v>869</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H220" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>887</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>352</v>
+      </c>
+      <c r="D221" t="s">
+        <v>665</v>
+      </c>
+      <c r="E221" t="s">
+        <v>666</v>
+      </c>
+      <c r="F221" t="s">
+        <v>869</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H221" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>890</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>357</v>
+      </c>
+      <c r="D222" t="s">
+        <v>665</v>
+      </c>
+      <c r="E222" t="s">
+        <v>666</v>
+      </c>
+      <c r="F222" t="s">
+        <v>869</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="H222" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>893</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>362</v>
+      </c>
+      <c r="D223" t="s">
+        <v>665</v>
+      </c>
+      <c r="E223" t="s">
+        <v>666</v>
+      </c>
+      <c r="F223" t="s">
+        <v>869</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H223" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>896</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>367</v>
+      </c>
+      <c r="D224" t="s">
+        <v>665</v>
+      </c>
+      <c r="E224" t="s">
+        <v>666</v>
+      </c>
+      <c r="F224" t="s">
+        <v>869</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="H224" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>899</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>372</v>
+      </c>
+      <c r="D225" t="s">
+        <v>665</v>
+      </c>
+      <c r="E225" t="s">
+        <v>666</v>
+      </c>
+      <c r="F225" t="s">
+        <v>869</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H225" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>902</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>377</v>
+      </c>
+      <c r="D226" t="s">
+        <v>665</v>
+      </c>
+      <c r="E226" t="s">
+        <v>666</v>
+      </c>
+      <c r="F226" t="s">
+        <v>869</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="H226" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>905</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>382</v>
+      </c>
+      <c r="D227" t="s">
+        <v>665</v>
+      </c>
+      <c r="E227" t="s">
+        <v>666</v>
+      </c>
+      <c r="F227" t="s">
+        <v>869</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H227" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>908</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>386</v>
+      </c>
+      <c r="D228" t="s">
+        <v>665</v>
+      </c>
+      <c r="E228" t="s">
+        <v>666</v>
+      </c>
+      <c r="F228" t="s">
+        <v>869</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H228" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>911</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>390</v>
+      </c>
+      <c r="D229" t="s">
+        <v>665</v>
+      </c>
+      <c r="E229" t="s">
+        <v>666</v>
+      </c>
+      <c r="F229" t="s">
+        <v>869</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H229" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>914</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>395</v>
+      </c>
+      <c r="D230" t="s">
+        <v>665</v>
+      </c>
+      <c r="E230" t="s">
+        <v>666</v>
+      </c>
+      <c r="F230" t="s">
+        <v>869</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="H230" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>917</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>399</v>
+      </c>
+      <c r="D231" t="s">
+        <v>665</v>
+      </c>
+      <c r="E231" t="s">
+        <v>666</v>
+      </c>
+      <c r="F231" t="s">
+        <v>869</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H231" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>920</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>403</v>
+      </c>
+      <c r="D232" t="s">
+        <v>665</v>
+      </c>
+      <c r="E232" t="s">
+        <v>666</v>
+      </c>
+      <c r="F232" t="s">
+        <v>869</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="H232" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>923</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>407</v>
+      </c>
+      <c r="D233" t="s">
+        <v>665</v>
+      </c>
+      <c r="E233" t="s">
+        <v>666</v>
+      </c>
+      <c r="F233" t="s">
+        <v>869</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H233" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>926</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>412</v>
+      </c>
+      <c r="D234" t="s">
+        <v>665</v>
+      </c>
+      <c r="E234" t="s">
+        <v>666</v>
+      </c>
+      <c r="F234" t="s">
+        <v>869</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="H234" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>929</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>416</v>
+      </c>
+      <c r="D235" t="s">
+        <v>665</v>
+      </c>
+      <c r="E235" t="s">
+        <v>666</v>
+      </c>
+      <c r="F235" t="s">
+        <v>869</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H235" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>932</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>421</v>
+      </c>
+      <c r="D236" t="s">
+        <v>665</v>
+      </c>
+      <c r="E236" t="s">
+        <v>666</v>
+      </c>
+      <c r="F236" t="s">
+        <v>837</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H236" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>935</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>426</v>
+      </c>
+      <c r="D237" t="s">
+        <v>665</v>
+      </c>
+      <c r="E237" t="s">
+        <v>666</v>
+      </c>
+      <c r="F237" t="s">
+        <v>837</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H237" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>938</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>431</v>
+      </c>
+      <c r="D238" t="s">
+        <v>665</v>
+      </c>
+      <c r="E238" t="s">
+        <v>666</v>
+      </c>
+      <c r="F238" t="s">
+        <v>837</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="H238" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>941</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>436</v>
+      </c>
+      <c r="D239" t="s">
+        <v>665</v>
+      </c>
+      <c r="E239" t="s">
+        <v>666</v>
+      </c>
+      <c r="F239" t="s">
+        <v>837</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="H239" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>944</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>441</v>
+      </c>
+      <c r="D240" t="s">
+        <v>665</v>
+      </c>
+      <c r="E240" t="s">
+        <v>666</v>
+      </c>
+      <c r="F240" t="s">
+        <v>837</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H240" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>947</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>445</v>
+      </c>
+      <c r="D241" t="s">
+        <v>665</v>
+      </c>
+      <c r="E241" t="s">
+        <v>666</v>
+      </c>
+      <c r="F241" t="s">
+        <v>837</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H241" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>950</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>450</v>
+      </c>
+      <c r="D242" t="s">
+        <v>665</v>
+      </c>
+      <c r="E242" t="s">
+        <v>666</v>
+      </c>
+      <c r="F242" t="s">
+        <v>837</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="H242" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>953</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>455</v>
+      </c>
+      <c r="D243" t="s">
+        <v>665</v>
+      </c>
+      <c r="E243" t="s">
+        <v>666</v>
+      </c>
+      <c r="F243" t="s">
+        <v>837</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="H243" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>956</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>460</v>
+      </c>
+      <c r="D244" t="s">
+        <v>665</v>
+      </c>
+      <c r="E244" t="s">
+        <v>666</v>
+      </c>
+      <c r="F244" t="s">
+        <v>837</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H244" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>959</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>464</v>
+      </c>
+      <c r="D245" t="s">
+        <v>665</v>
+      </c>
+      <c r="E245" t="s">
+        <v>666</v>
+      </c>
+      <c r="F245" t="s">
+        <v>837</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H245" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>962</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>469</v>
+      </c>
+      <c r="D246" t="s">
+        <v>665</v>
+      </c>
+      <c r="E246" t="s">
+        <v>666</v>
+      </c>
+      <c r="F246" t="s">
+        <v>837</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="H246" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>965</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>473</v>
+      </c>
+      <c r="D247" t="s">
+        <v>665</v>
+      </c>
+      <c r="E247" t="s">
+        <v>666</v>
+      </c>
+      <c r="F247" t="s">
+        <v>837</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="H247" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>968</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>478</v>
+      </c>
+      <c r="D248" t="s">
+        <v>665</v>
+      </c>
+      <c r="E248" t="s">
+        <v>666</v>
+      </c>
+      <c r="F248" t="s">
+        <v>869</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="H248" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>971</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>482</v>
+      </c>
+      <c r="D249" t="s">
+        <v>665</v>
+      </c>
+      <c r="E249" t="s">
+        <v>666</v>
+      </c>
+      <c r="F249" t="s">
+        <v>869</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H249" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>974</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>487</v>
+      </c>
+      <c r="D250" t="s">
+        <v>665</v>
+      </c>
+      <c r="E250" t="s">
+        <v>666</v>
+      </c>
+      <c r="F250" t="s">
+        <v>869</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="H250" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>977</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>978</v>
+      </c>
+      <c r="D251" t="s">
+        <v>665</v>
+      </c>
+      <c r="E251" t="s">
+        <v>666</v>
+      </c>
+      <c r="F251" t="s">
+        <v>869</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="H251" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>981</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>982</v>
+      </c>
+      <c r="D252" t="s">
+        <v>665</v>
+      </c>
+      <c r="E252" t="s">
+        <v>666</v>
+      </c>
+      <c r="F252" t="s">
+        <v>869</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H252" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>985</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>986</v>
+      </c>
+      <c r="D253" t="s">
+        <v>665</v>
+      </c>
+      <c r="E253" t="s">
+        <v>666</v>
+      </c>
+      <c r="F253" t="s">
+        <v>869</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="H253" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>989</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>990</v>
+      </c>
+      <c r="D254" t="s">
+        <v>665</v>
+      </c>
+      <c r="E254" t="s">
+        <v>666</v>
+      </c>
+      <c r="F254" t="s">
+        <v>869</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="H254" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>993</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>994</v>
+      </c>
+      <c r="D255" t="s">
+        <v>665</v>
+      </c>
+      <c r="E255" t="s">
+        <v>666</v>
+      </c>
+      <c r="F255" t="s">
+        <v>869</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H255" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>997</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>998</v>
+      </c>
+      <c r="D256" t="s">
+        <v>665</v>
+      </c>
+      <c r="E256" t="s">
+        <v>666</v>
+      </c>
+      <c r="F256" t="s">
+        <v>869</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D257" t="s">
+        <v>665</v>
+      </c>
+      <c r="E257" t="s">
+        <v>666</v>
+      </c>
+      <c r="F257" t="s">
+        <v>869</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D258" t="s">
+        <v>665</v>
+      </c>
+      <c r="E258" t="s">
+        <v>666</v>
+      </c>
+      <c r="F258" t="s">
+        <v>837</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D259" t="s">
+        <v>665</v>
+      </c>
+      <c r="E259" t="s">
+        <v>666</v>
+      </c>
+      <c r="F259" t="s">
+        <v>671</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>10</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F260" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>23</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>28</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>33</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>38</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F265" t="s">
+        <v>853</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>23</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F266" t="s">
+        <v>688</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>28</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F267" t="s">
+        <v>688</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>33</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F268" t="s">
+        <v>681</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>38</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1046</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>43</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F270" t="s">
+        <v>263</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>48</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>53</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F272" t="s">
+        <v>417</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
         <v>58</v>
       </c>
-      <c r="D202" t="s">
-[...12 lines deleted...]
-        <v>807</v>
+      <c r="D273" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F273" t="s">
+        <v>600</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>63</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>68</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1066</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>73</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>78</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>82</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>87</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>92</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>97</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>102</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>107</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>112</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F284" t="s">
+        <v>869</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>117</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>122</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>127</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F287" t="s">
+        <v>156</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>132</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>136</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>140</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1119</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1121</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8256,50 +11488,138 @@
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>